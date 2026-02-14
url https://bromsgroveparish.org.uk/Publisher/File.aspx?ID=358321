--- v0 (2025-10-27)
+++ v1 (2026-02-14)
@@ -8,67 +8,55 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="5CA966D1" w14:textId="5513620A" w:rsidR="00910F4D" w:rsidRDefault="008108FE" w:rsidP="00BD79EE">
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="5CA966D1" w14:textId="5513620A" w:rsidR="00910F4D" w:rsidRDefault="008108FE" w:rsidP="00731B62">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69DA37BD" w14:textId="5F194C89" w:rsidR="00910F4D" w:rsidRDefault="00802A00" w:rsidP="00BD79EE">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="062E1D36" wp14:editId="4161C6ED">
             <wp:extent cx="5273040" cy="1511935"/>
             <wp:effectExtent l="0" t="0" r="3810" b="0"/>
             <wp:docPr id="1" name="Picture 1"/>
@@ -239,124 +227,142 @@
           <w:bCs w:val="0"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">SAFEGUARDING CHILDREN AND </w:t>
       </w:r>
       <w:r w:rsidR="000E169F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">VULNERABLE </w:t>
       </w:r>
       <w:r w:rsidRPr="00910F4D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>ADULTS POLICY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FCB24C3" w14:textId="2773C173" w:rsidR="00910F4D" w:rsidRPr="009E7389" w:rsidRDefault="00D52792" w:rsidP="00BD79EE">
+    <w:p w14:paraId="5FCB24C3" w14:textId="1474DD7D" w:rsidR="00910F4D" w:rsidRPr="00AD326E" w:rsidRDefault="00D52792" w:rsidP="00BD79EE">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E7389">
+      <w:r w:rsidRPr="00AD326E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00BB2756">
+      <w:r w:rsidR="00E479BB" w:rsidRPr="00AD326E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009E7389">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD326E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="00BB2756">
+      <w:r w:rsidR="00E479BB" w:rsidRPr="00AD326E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0F4E48A0" w14:textId="5831245B" w:rsidR="000E169F" w:rsidRDefault="000E169F" w:rsidP="00BD79EE">
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F4E48A0" w14:textId="11C171D4" w:rsidR="000E169F" w:rsidRPr="00AD326E" w:rsidRDefault="000E169F" w:rsidP="00BD79EE">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E7389">
+      <w:r w:rsidRPr="00AD326E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Version </w:t>
       </w:r>
-      <w:r w:rsidR="00BB2756">
+      <w:r w:rsidR="00BB2756" w:rsidRPr="00AD326E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t>10</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4944D84C" w14:textId="77777777" w:rsidR="00910F4D" w:rsidRDefault="00910F4D" w:rsidP="00BD79EE">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E479BB" w:rsidRPr="00AD326E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4944D84C" w14:textId="77777777" w:rsidR="00910F4D" w:rsidRPr="00AD326E" w:rsidRDefault="00910F4D" w:rsidP="00BD79EE">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="712AC1F5" w14:textId="77777777" w:rsidR="00910F4D" w:rsidRDefault="00910F4D" w:rsidP="00BD79EE">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="105FD8DB" w14:textId="77777777" w:rsidR="00821026" w:rsidRDefault="00821026" w:rsidP="00BD79EE">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="480EFEFB" w14:textId="77777777" w:rsidR="00821026" w:rsidRDefault="00821026" w:rsidP="00BD79EE">
@@ -414,51 +420,51 @@
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38021634" w14:textId="77777777" w:rsidR="00821026" w:rsidRDefault="00821026" w:rsidP="00BD79EE">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="431A8E93" w14:textId="77777777" w:rsidR="000E169F" w:rsidRDefault="000E169F" w:rsidP="00821026">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C23F090" w14:textId="60638493" w:rsidR="000A228B" w:rsidRPr="000E169F" w:rsidRDefault="000A228B" w:rsidP="000A228B">
+    <w:p w14:paraId="2C23F090" w14:textId="2D4395B8" w:rsidR="000A228B" w:rsidRPr="000E169F" w:rsidRDefault="000A228B" w:rsidP="000A228B">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D52792">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Version 1 agreed on 13.10.2014</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>and r</w:t>
       </w:r>
@@ -545,163 +551,160 @@
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">.11.2019, 22.11.2021, 9.11.2022 and </w:t>
       </w:r>
       <w:r w:rsidR="004E50A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>8.11.23</w:t>
       </w:r>
       <w:r w:rsidR="00BB2756">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00C06722">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00FE2FD4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00402388">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00FE2FD4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>.11.24</w:t>
       </w:r>
-      <w:r w:rsidR="00BB2756">
-[...21 lines deleted...]
-      <w:r w:rsidRPr="000E169F">
+      <w:r w:rsidR="00E479BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E479BB" w:rsidRPr="0045253E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>27.11.25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045253E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045253E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CDC7464" w14:textId="77777777" w:rsidR="000E169F" w:rsidRDefault="000E169F" w:rsidP="00821026">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4211F619" w14:textId="77777777" w:rsidR="00821026" w:rsidRDefault="00821026" w:rsidP="00821026">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00821026">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>TABLE OF CONTENTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="461B03E2" w14:textId="77777777" w:rsidR="00B41FE0" w:rsidRDefault="00B41FE0" w:rsidP="00821026">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7878"/>
-        <w:gridCol w:w="978"/>
+        <w:gridCol w:w="7811"/>
+        <w:gridCol w:w="1045"/>
       </w:tblGrid>
       <w:tr w:rsidR="00EF7828" w:rsidRPr="00D4110F" w14:paraId="23E26435" w14:textId="77777777" w:rsidTr="00D4110F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A5A2245" w14:textId="2EE180F1" w:rsidR="00D60713" w:rsidRDefault="00444193" w:rsidP="007474AE">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007474AE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="28"/>
@@ -851,71 +854,91 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
             <w:r w:rsidR="00710C0D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>fficers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="67F11E76" w14:textId="77777777" w:rsidR="00B41FE0" w:rsidRPr="00D4110F" w:rsidRDefault="003C372B" w:rsidP="00D4110F">
+          <w:p w14:paraId="67F11E76" w14:textId="29E5C8F0" w:rsidR="00B41FE0" w:rsidRPr="00D4110F" w:rsidRDefault="003C372B" w:rsidP="00D4110F">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D4110F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Page 3    </w:t>
+              <w:t>Page 3</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD5F10">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D4110F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF7828" w:rsidRPr="00D4110F" w14:paraId="08E1C05C" w14:textId="77777777" w:rsidTr="00D4110F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00951408" w14:textId="77777777" w:rsidR="00710C0D" w:rsidRDefault="00B41FE0" w:rsidP="00B9590D">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -1010,277 +1033,245 @@
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D4110F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Social Media                                                                                          </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7A7318D5" w14:textId="044F35B6" w:rsidR="00B41FE0" w:rsidRPr="00D4110F" w:rsidRDefault="003C372B" w:rsidP="001A2772">
+          <w:p w14:paraId="7A7318D5" w14:textId="6F5A77C0" w:rsidR="00B41FE0" w:rsidRPr="00D4110F" w:rsidRDefault="003C372B" w:rsidP="001A2772">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D4110F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
             <w:r w:rsidR="001A2772">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD5F10">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF7828" w:rsidRPr="00D4110F" w14:paraId="62195C6D" w14:textId="77777777" w:rsidTr="00D4110F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="069083B1" w14:textId="33961FB5" w:rsidR="00710C0D" w:rsidRPr="00D4110F" w:rsidRDefault="00B41FE0" w:rsidP="007474AE">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D4110F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Reporting of safeguarding concerns</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7118DE69" w14:textId="4EF0AAE4" w:rsidR="00B41FE0" w:rsidRPr="00D4110F" w:rsidRDefault="003C372B" w:rsidP="001A2772">
+          <w:p w14:paraId="7118DE69" w14:textId="2BC3B64E" w:rsidR="00B41FE0" w:rsidRPr="00D4110F" w:rsidRDefault="003C372B" w:rsidP="00CD5F10">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D4110F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
-            <w:r w:rsidR="00D60713">
+            <w:r w:rsidR="00CD5F10">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF7828" w:rsidRPr="00D4110F" w14:paraId="319D0936" w14:textId="77777777" w:rsidTr="00D4110F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="01FBAC3A" w14:textId="77777777" w:rsidR="00D60713" w:rsidRPr="00D60713" w:rsidRDefault="00D60713" w:rsidP="00B9590D">
+          <w:p w14:paraId="2F0ACC64" w14:textId="39DDEAE7" w:rsidR="00B41FE0" w:rsidRPr="00D4110F" w:rsidRDefault="00D60713" w:rsidP="00CD5F10">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Information sharing</w:t>
             </w:r>
             <w:r w:rsidR="00710C0D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4C4FEF52" w14:textId="760C681F" w:rsidR="00B41FE0" w:rsidRPr="00D4110F" w:rsidRDefault="003C372B" w:rsidP="001A2772">
+          <w:p w14:paraId="4C4FEF52" w14:textId="0E359D3D" w:rsidR="00B41FE0" w:rsidRPr="00D4110F" w:rsidRDefault="003C372B" w:rsidP="00CD5F10">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D4110F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Page</w:t>
             </w:r>
             <w:r w:rsidR="001A2772">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-              <w:t>-6</w:t>
+              <w:t xml:space="preserve"> 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF7828" w:rsidRPr="00D4110F" w14:paraId="7127F285" w14:textId="77777777" w:rsidTr="00D4110F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="277CA32C" w14:textId="76DA665E" w:rsidR="00D60713" w:rsidRDefault="00D60713" w:rsidP="007474AE">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -1351,248 +1342,237 @@
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D4110F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Supporting the vulnerable                                                       </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="333F53C9" w14:textId="2B80AD80" w:rsidR="00B41FE0" w:rsidRPr="00710C0D" w:rsidRDefault="003C372B" w:rsidP="001A2772">
+          <w:p w14:paraId="333F53C9" w14:textId="11896D2C" w:rsidR="00B41FE0" w:rsidRPr="00710C0D" w:rsidRDefault="003C372B" w:rsidP="001A2772">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00710C0D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
             <w:r w:rsidR="001A2772">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD5F10">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF7828" w:rsidRPr="00D4110F" w14:paraId="6B125DEC" w14:textId="77777777" w:rsidTr="00D4110F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="062603B1" w14:textId="11EA3FEE" w:rsidR="00710C0D" w:rsidRPr="00D4110F" w:rsidRDefault="00B41FE0" w:rsidP="007474AE">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D4110F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Safer recruitment </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7B684B01" w14:textId="70A2444D" w:rsidR="00B41FE0" w:rsidRPr="00710C0D" w:rsidRDefault="003C372B" w:rsidP="001A2772">
+          <w:p w14:paraId="7B684B01" w14:textId="5D31E290" w:rsidR="00B41FE0" w:rsidRPr="00710C0D" w:rsidRDefault="003C372B" w:rsidP="00CD5F10">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00710C0D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
-            <w:r w:rsidR="001A2772">
+            <w:r w:rsidR="00CD5F10">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF7828" w:rsidRPr="00D4110F" w14:paraId="51537B88" w14:textId="77777777" w:rsidTr="00D4110F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3AAA0A9D" w14:textId="77777777" w:rsidR="00710C0D" w:rsidRDefault="00B41FE0" w:rsidP="00B9590D">
+          <w:p w14:paraId="286607D2" w14:textId="2959723E" w:rsidR="00B41FE0" w:rsidRPr="00D4110F" w:rsidRDefault="00B41FE0" w:rsidP="00CD5F10">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D4110F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...28 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+              <w:t xml:space="preserve">Supervision and monitoring of ex-offenders  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6D46D482" w14:textId="08F01A55" w:rsidR="00B41FE0" w:rsidRPr="00710C0D" w:rsidRDefault="003C372B" w:rsidP="00D60713">
+          <w:p w14:paraId="6D46D482" w14:textId="0FCC3D54" w:rsidR="00B41FE0" w:rsidRPr="00710C0D" w:rsidRDefault="003C372B" w:rsidP="00CD5F10">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00710C0D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Page 6</w:t>
+              <w:t xml:space="preserve">Page </w:t>
             </w:r>
-            <w:r w:rsidR="00BA29D8">
+            <w:r w:rsidR="00CD5F10">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>-7</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF7828" w:rsidRPr="00D4110F" w14:paraId="3D252A85" w14:textId="77777777" w:rsidTr="00D4110F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="283F2DCD" w14:textId="561F82D0" w:rsidR="00710C0D" w:rsidRPr="00D4110F" w:rsidRDefault="00B41FE0" w:rsidP="007474AE">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -1663,155 +1643,165 @@
               </w:numPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D4110F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Review of policies and Insurance                                               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5B023395" w14:textId="71C40547" w:rsidR="00B41FE0" w:rsidRPr="00710C0D" w:rsidRDefault="003C372B" w:rsidP="00576975">
+          <w:p w14:paraId="5B023395" w14:textId="67808D3D" w:rsidR="00B41FE0" w:rsidRPr="00710C0D" w:rsidRDefault="003C372B" w:rsidP="00576975">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00710C0D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
             <w:r w:rsidR="00576975">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD5F10">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF7828" w:rsidRPr="00D4110F" w14:paraId="7111BD55" w14:textId="77777777" w:rsidTr="00D4110F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7295B12F" w14:textId="568AF776" w:rsidR="00710C0D" w:rsidRPr="00D4110F" w:rsidRDefault="00B41FE0" w:rsidP="007474AE">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D4110F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Display</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="73BB3CA0" w14:textId="360800D6" w:rsidR="00B41FE0" w:rsidRPr="00710C0D" w:rsidRDefault="003C372B" w:rsidP="00576975">
+          <w:p w14:paraId="73BB3CA0" w14:textId="1521C889" w:rsidR="00B41FE0" w:rsidRPr="00710C0D" w:rsidRDefault="003C372B" w:rsidP="00CD5F10">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00710C0D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
-            <w:r w:rsidR="00D60713">
+            <w:r w:rsidR="00CD5F10">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF7828" w:rsidRPr="00D4110F" w14:paraId="38376CAC" w14:textId="77777777" w:rsidTr="00D4110F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="509965C8" w14:textId="69DF0730" w:rsidR="00710C0D" w:rsidRPr="00D4110F" w:rsidRDefault="003C372B" w:rsidP="00710C0D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D4110F">
@@ -1885,51 +1875,51 @@
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
             <w:r w:rsidR="00576975">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF7828" w:rsidRPr="00D4110F" w14:paraId="3EA4AE31" w14:textId="77777777" w:rsidTr="00D4110F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4150CB17" w14:textId="77777777" w:rsidR="00B41FE0" w:rsidRPr="00D4110F" w:rsidRDefault="003C372B" w:rsidP="00D60713">
+          <w:p w14:paraId="4150CB17" w14:textId="00114BA8" w:rsidR="00B41FE0" w:rsidRPr="00D4110F" w:rsidRDefault="003C372B" w:rsidP="00FE6393">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D4110F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Church </w:t>
             </w:r>
             <w:r w:rsidR="0034070A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -1987,51 +1977,51 @@
             <w:r w:rsidR="006829FA">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>hurch activities</w:t>
             </w:r>
             <w:r w:rsidRPr="00D4110F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>: St John’s and St Andrew’s</w:t>
             </w:r>
             <w:r w:rsidR="00D60713">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>, Bromsgrove.</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="538C0B91" w14:textId="07BD762C" w:rsidR="00B41FE0" w:rsidRPr="00710C0D" w:rsidRDefault="00710C0D" w:rsidP="00576975">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00710C0D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
@@ -2047,51 +2037,51 @@
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="00576975">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF7828" w:rsidRPr="00D4110F" w14:paraId="7E8EC55C" w14:textId="77777777" w:rsidTr="00D4110F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4EBB5296" w14:textId="77777777" w:rsidR="00B41FE0" w:rsidRPr="00D4110F" w:rsidRDefault="003C372B" w:rsidP="0034070A">
+          <w:p w14:paraId="4EBB5296" w14:textId="45A39EB2" w:rsidR="00B41FE0" w:rsidRPr="00D4110F" w:rsidRDefault="003C372B" w:rsidP="00FE6393">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D4110F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Church </w:t>
             </w:r>
             <w:r w:rsidR="0034070A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -2106,58 +2096,58 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ctivities</w:t>
             </w:r>
             <w:r w:rsidR="0034070A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> and non-church activities</w:t>
             </w:r>
             <w:r w:rsidRPr="00D4110F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>: All Saints</w:t>
             </w:r>
-            <w:r w:rsidR="00D60713">
+            <w:r w:rsidR="00DE33E7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>, Bromsgrove.</w:t>
+              <w:t>’</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="035C1498" w14:textId="3EDB62D5" w:rsidR="00B41FE0" w:rsidRPr="00710C0D" w:rsidRDefault="00710C0D" w:rsidP="00576975">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00710C0D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
@@ -2173,185 +2163,145 @@
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="00576975">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF7828" w:rsidRPr="00D4110F" w14:paraId="7E32C6FD" w14:textId="77777777" w:rsidTr="00D4110F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="463658D3" w14:textId="77777777" w:rsidR="00B41FE0" w:rsidRPr="00D4110F" w:rsidRDefault="003C372B" w:rsidP="00CE14F1">
+          <w:p w14:paraId="463658D3" w14:textId="310BDA4C" w:rsidR="00B41FE0" w:rsidRPr="00D4110F" w:rsidRDefault="003C372B" w:rsidP="00FE6393">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D4110F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Church </w:t>
             </w:r>
             <w:r w:rsidR="0034070A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00D4110F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ctivities</w:t>
             </w:r>
             <w:r w:rsidR="0034070A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and non-church </w:t>
+              <w:t xml:space="preserve"> and non-church activities</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="0034070A">
+            <w:r w:rsidRPr="00D4110F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">activities </w:t>
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> St </w:t>
+              <w:t xml:space="preserve">: St </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D4110F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Godwald</w:t>
             </w:r>
             <w:r w:rsidR="00DE4E2D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r w:rsidRPr="00D4110F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00D60713">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
-            </w:r>
-[...18 lines deleted...]
-              <w:t>, Bromsgrove.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DFA80FA" w14:textId="72F6E22C" w:rsidR="00B41FE0" w:rsidRPr="00710C0D" w:rsidRDefault="00710C0D" w:rsidP="00874A5A">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00710C0D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
@@ -2367,51 +2317,51 @@
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00874A5A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF7828" w:rsidRPr="00D4110F" w14:paraId="3E08CCB1" w14:textId="77777777" w:rsidTr="00D4110F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7D08E5BF" w14:textId="77777777" w:rsidR="00B41FE0" w:rsidRPr="00D4110F" w:rsidRDefault="003C372B" w:rsidP="0034070A">
+          <w:p w14:paraId="7D08E5BF" w14:textId="7234F7BA" w:rsidR="00B41FE0" w:rsidRPr="00D4110F" w:rsidRDefault="003C372B" w:rsidP="00FE6393">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D4110F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Church </w:t>
             </w:r>
             <w:r w:rsidR="0034070A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -2424,285 +2374,284 @@
             <w:r w:rsidRPr="00D4110F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ctivities</w:t>
             </w:r>
             <w:r w:rsidR="0034070A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> and non-church activities</w:t>
             </w:r>
             <w:r w:rsidRPr="00D4110F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">: Christ Church, Catshill </w:t>
+              <w:t xml:space="preserve">: Christ Church </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5962CABE" w14:textId="3EAFA1CE" w:rsidR="00B41FE0" w:rsidRPr="007474AE" w:rsidRDefault="00710C0D" w:rsidP="00576975">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007474AE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Page 1</w:t>
             </w:r>
             <w:r w:rsidR="00576975" w:rsidRPr="007474AE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF7828" w:rsidRPr="00D4110F" w14:paraId="00912055" w14:textId="77777777" w:rsidTr="00D4110F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="63C997D6" w14:textId="385682DD" w:rsidR="00CE14F1" w:rsidRPr="00D4110F" w:rsidRDefault="00CE14F1" w:rsidP="00EF7828">
+          <w:p w14:paraId="63C997D6" w14:textId="170EFC7E" w:rsidR="00CE14F1" w:rsidRPr="00D4110F" w:rsidRDefault="00CE14F1" w:rsidP="00FE6393">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Church activities and non-church activities: St</w:t>
             </w:r>
             <w:r w:rsidR="00EF7828">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Michael &amp; All Angels, St</w:t>
+              <w:t xml:space="preserve"> Michael &amp; All Angels,</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00FE6393">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">oke Prior, </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EF7828">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">St Mary de Wyche, </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Wychbold</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> &amp; </w:t>
+              <w:t xml:space="preserve">&amp; </w:t>
             </w:r>
             <w:r w:rsidR="00EF7828">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">St Michael’s, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Upton Warren</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="47D2E467" w14:textId="044F95F1" w:rsidR="00CE14F1" w:rsidRPr="00710C0D" w:rsidRDefault="00CE14F1" w:rsidP="00874A5A">
+          <w:p w14:paraId="47D2E467" w14:textId="4C16F860" w:rsidR="00CE14F1" w:rsidRPr="00710C0D" w:rsidRDefault="00CE14F1" w:rsidP="00874A5A">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Page 12</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD5F10">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007474AE" w:rsidRPr="00D4110F" w14:paraId="75B07629" w14:textId="77777777" w:rsidTr="00D4110F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="74142D00" w14:textId="5562A9A1" w:rsidR="007474AE" w:rsidRDefault="007474AE" w:rsidP="00EF7828">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Church activities: Holy Trinity and St. Mary, Dodford </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="450F43FF" w14:textId="0B18B387" w:rsidR="007474AE" w:rsidRPr="007474AE" w:rsidRDefault="007474AE" w:rsidP="00874A5A">
+          <w:p w14:paraId="450F43FF" w14:textId="3A242182" w:rsidR="007474AE" w:rsidRPr="007474AE" w:rsidRDefault="007474AE" w:rsidP="00CD5F10">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007474AE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Page 1</w:t>
             </w:r>
-            <w:r w:rsidR="00874A5A">
+            <w:r w:rsidR="00CD5F10">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF7828" w:rsidRPr="00D4110F" w14:paraId="60980C78" w14:textId="77777777" w:rsidTr="00D4110F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="72A16AD4" w14:textId="5DE58F72" w:rsidR="00710C0D" w:rsidRPr="00D4110F" w:rsidRDefault="00710C0D" w:rsidP="00CE14F1">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -2761,81 +2710,81 @@
             <w:r w:rsidR="00CE14F1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006829FA">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> concern or allegation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="358C40A0" w14:textId="687156F1" w:rsidR="00710C0D" w:rsidRPr="00710C0D" w:rsidRDefault="00710C0D" w:rsidP="00A44683">
+          <w:p w14:paraId="358C40A0" w14:textId="30FF6C30" w:rsidR="00710C0D" w:rsidRPr="00710C0D" w:rsidRDefault="00710C0D" w:rsidP="00CD5F10">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00710C0D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Page 1</w:t>
             </w:r>
-            <w:r w:rsidR="00A44683">
+            <w:r w:rsidR="00CD5F10">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF7828" w:rsidRPr="00D4110F" w14:paraId="47844326" w14:textId="77777777" w:rsidTr="00D4110F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44234956" w14:textId="77777777" w:rsidR="00710C0D" w:rsidRDefault="00710C0D" w:rsidP="006829FA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -2850,101 +2799,101 @@
             <w:r w:rsidR="006829FA">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. Policy statement on the recruitment of ex-offenders </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="18C137BE" w14:textId="57D74DEB" w:rsidR="00710C0D" w:rsidRPr="00710C0D" w:rsidRDefault="00710C0D" w:rsidP="00874A5A">
+          <w:p w14:paraId="18C137BE" w14:textId="1068FA09" w:rsidR="00710C0D" w:rsidRPr="00710C0D" w:rsidRDefault="00710C0D" w:rsidP="00CD5F10">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00710C0D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Page 1</w:t>
+              <w:t xml:space="preserve">Page </w:t>
             </w:r>
-            <w:r w:rsidR="00A44683">
+            <w:r w:rsidR="001A2772">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="001A2772">
+            <w:r w:rsidR="00874A5A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>-1</w:t>
+              <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00874A5A">
+            <w:r w:rsidR="00CD5F10">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>-16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="06248FBF" w14:textId="77777777" w:rsidR="007474AE" w:rsidRDefault="007474AE" w:rsidP="00BD79EE">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43AB567F" w14:textId="77777777" w:rsidR="007474AE" w:rsidRDefault="007474AE" w:rsidP="00BD79EE">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -2961,265 +2910,326 @@
     <w:p w14:paraId="7BD5641E" w14:textId="77777777" w:rsidR="007474AE" w:rsidRDefault="007474AE" w:rsidP="00BD79EE">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3810DB74" w14:textId="77777777" w:rsidR="00BD79EE" w:rsidRPr="006D686F" w:rsidRDefault="00BD79EE" w:rsidP="00BD79EE">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Parish of Bromsgrove in the Diocese of Worcester</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79BFB206" w14:textId="77777777" w:rsidR="00BD79EE" w:rsidRPr="006D686F" w:rsidRDefault="00BD79EE" w:rsidP="00BD79EE">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A1D9BEC" w14:textId="54239B34" w:rsidR="00BD79EE" w:rsidRPr="006D686F" w:rsidRDefault="00BD79EE">
+    <w:p w14:paraId="4A1D9BEC" w14:textId="6B9A2645" w:rsidR="00BD79EE" w:rsidRPr="0045253E" w:rsidRDefault="00BD79EE">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="006D686F">
+      <w:r w:rsidRPr="0045253E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>Churches of St</w:t>
       </w:r>
-      <w:r w:rsidR="00101711">
+      <w:r w:rsidR="00101711" w:rsidRPr="0045253E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D686F">
+      <w:r w:rsidRPr="0045253E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> John’s, St</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00101711">
+        <w:t xml:space="preserve"> John, St</w:t>
+      </w:r>
+      <w:r w:rsidR="00101711" w:rsidRPr="0045253E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D686F">
+      <w:r w:rsidRPr="0045253E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Andrew’s, All Saints, St</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00101711">
+        <w:t xml:space="preserve"> Andrew, All Saints, St</w:t>
+      </w:r>
+      <w:r w:rsidR="00101711" w:rsidRPr="0045253E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D686F">
+      <w:r w:rsidRPr="0045253E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="006D686F">
+      <w:r w:rsidRPr="0045253E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t>Godwald’s</w:t>
+        <w:t>Godwald</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="006D686F">
+      <w:r w:rsidRPr="0045253E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="004F0706">
+      <w:r w:rsidR="004F0706" w:rsidRPr="0045253E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D686F">
+      <w:r w:rsidRPr="0045253E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>Christ Church</w:t>
       </w:r>
-      <w:r w:rsidR="004F0706">
+      <w:r w:rsidR="004F0706" w:rsidRPr="0045253E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00101711" w:rsidRPr="001A2772">
+      <w:r w:rsidR="00101711" w:rsidRPr="0045253E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Holy Trinity and St. Mary’s Dodford, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004F0706" w:rsidRPr="001A2772">
+        <w:t>Holy Trinity and St. Mary’s</w:t>
+      </w:r>
+      <w:r w:rsidR="00D02F0D" w:rsidRPr="0045253E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">St. Michael and All Angels, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000A228B">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00101711" w:rsidRPr="0045253E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Stoke Prior, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00265D81">
+        <w:t xml:space="preserve"> Dodford, </w:t>
+      </w:r>
+      <w:r w:rsidR="004F0706" w:rsidRPr="0045253E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">St. Michael’s, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00101711" w:rsidRPr="001A2772">
+        <w:t>St. Michael and All Angels</w:t>
+      </w:r>
+      <w:r w:rsidR="00D02F0D" w:rsidRPr="0045253E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t>Upton Warren, St. Mary de Wyche</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00265D81">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="004F0706" w:rsidRPr="0045253E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00265D81">
+      <w:r w:rsidR="000A228B" w:rsidRPr="0045253E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t>Wychbold</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00290B9B" w:rsidRPr="001A2772">
+        <w:t xml:space="preserve">Stoke Prior, </w:t>
+      </w:r>
+      <w:r w:rsidR="00265D81" w:rsidRPr="0045253E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006D686F">
+        <w:t xml:space="preserve">St. Michael’s, </w:t>
+      </w:r>
+      <w:r w:rsidR="00101711" w:rsidRPr="0045253E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>Upton Warren, St. Mary de Wyche</w:t>
+      </w:r>
+      <w:r w:rsidR="00265D81" w:rsidRPr="0045253E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00265D81" w:rsidRPr="0045253E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>Wychbold</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00290B9B" w:rsidRPr="0045253E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0045253E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CF37D6E" w14:textId="77777777" w:rsidR="00AF4CB0" w:rsidRPr="006D686F" w:rsidRDefault="00AF4CB0">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="541FD6DA" w14:textId="77777777" w:rsidR="00AF4CB0" w:rsidRPr="006D686F" w:rsidRDefault="00AF4CB0">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -3520,124 +3530,165 @@
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A56F13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>We are committed to the safeguarding and the respectful pastoral care and nurturing of the children, young people and adults within our church community. We commit ourselves to promoting the inclusion and empowerment of children, young people and adults.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69E03BBD" w14:textId="77777777" w:rsidR="0001666D" w:rsidRPr="006D686F" w:rsidRDefault="00101711" w:rsidP="0001666D">
+    <w:p w14:paraId="009DB748" w14:textId="77777777" w:rsidR="00405B5E" w:rsidRDefault="00405B5E" w:rsidP="0001666D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="23"/>
-[...55 lines deleted...]
-    <w:p w14:paraId="5A60B7F8" w14:textId="21ADD2B1" w:rsidR="0001666D" w:rsidRDefault="0001666D" w:rsidP="0001666D">
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69E03BBD" w14:textId="58887F60" w:rsidR="0001666D" w:rsidRPr="006D686F" w:rsidRDefault="00101711" w:rsidP="0001666D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00405B5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="0001666D" w:rsidRPr="00405B5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ominated </w:t>
+      </w:r>
+      <w:r w:rsidR="0001666D" w:rsidRPr="00405B5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Parish Safeguarding</w:t>
+      </w:r>
+      <w:r w:rsidR="0045253E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0001666D" w:rsidRPr="00405B5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Officers</w:t>
+      </w:r>
+      <w:r w:rsidR="0001666D" w:rsidRPr="006D686F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0001666D" w:rsidRPr="006D686F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and their contact details are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A60B7F8" w14:textId="21ADD2B1" w:rsidR="0001666D" w:rsidRDefault="0001666D" w:rsidP="0001666D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>St John’s and St. Andrew’s:</w:t>
       </w:r>
       <w:r w:rsidR="00993105" w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -3653,179 +3704,187 @@
         <w:t xml:space="preserve">Roger </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EC22D5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Savidge</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00545719">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4920E347" w14:textId="79B58BDD" w:rsidR="00545719" w:rsidRPr="00545719" w:rsidRDefault="00544DB0" w:rsidP="0001666D">
+    <w:p w14:paraId="4920E347" w14:textId="79B58BDD" w:rsidR="00545719" w:rsidRPr="00545719" w:rsidRDefault="00137CBD" w:rsidP="0001666D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00545719" w:rsidRPr="00545719">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>rogersavidge61@gmail.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00545719" w:rsidRPr="00545719">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>; 07858 983228</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F900B17" w14:textId="63890608" w:rsidR="00BB2756" w:rsidRPr="00BB2756" w:rsidRDefault="0001666D" w:rsidP="0001666D">
+    <w:p w14:paraId="7F900B17" w14:textId="01A0904F" w:rsidR="00BB2756" w:rsidRPr="00BB2756" w:rsidRDefault="0001666D" w:rsidP="0001666D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>All Saints</w:t>
       </w:r>
+      <w:r w:rsidR="00DE33E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
       <w:r w:rsidR="00BB2756">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>: Gill Gould</w:t>
-[...12 lines deleted...]
-    <w:p w14:paraId="56A9A393" w14:textId="2A42CC46" w:rsidR="00BB2756" w:rsidRDefault="00544DB0" w:rsidP="0001666D">
+        <w:t xml:space="preserve">: Gill </w:t>
+      </w:r>
+      <w:r w:rsidR="003050CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Richards</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56A9A393" w14:textId="431AD99C" w:rsidR="00BB2756" w:rsidRDefault="003050CE" w:rsidP="0001666D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId11" w:history="1">
-[...10 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidRPr="003050CE">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>gillrichards2026@gmail.com</w:t>
+      </w:r>
       <w:r w:rsidR="00BB2756">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidR="00BB2756" w:rsidRPr="00BB2756">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>07824 368584</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="538152D3" w14:textId="533295CC" w:rsidR="0001666D" w:rsidRDefault="0001666D" w:rsidP="0001666D">
+    <w:p w14:paraId="538152D3" w14:textId="5DE53453" w:rsidR="0001666D" w:rsidRDefault="0001666D" w:rsidP="0001666D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">St. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -3846,80 +3905,90 @@
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00993105" w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00BB2756">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Catherine </w:t>
+        <w:t>Catherine</w:t>
+      </w:r>
+      <w:r w:rsidR="007E65BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BB2756">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Maund</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="5FA353DF" w14:textId="76AA8932" w:rsidR="00BB2756" w:rsidRPr="006D686F" w:rsidRDefault="00544DB0" w:rsidP="0001666D">
+    <w:p w14:paraId="5FA353DF" w14:textId="76AA8932" w:rsidR="00BB2756" w:rsidRPr="006D686F" w:rsidRDefault="00137CBD" w:rsidP="0001666D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00BB2756" w:rsidRPr="00BB2756">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>cmaund1@sky.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BB2756" w:rsidRPr="00BB2756">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>: 07788 418045</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E83726A" w14:textId="77777777" w:rsidR="0001666D" w:rsidRPr="006D686F" w:rsidRDefault="0001666D" w:rsidP="0001666D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
@@ -3947,191 +4016,259 @@
         <w:t>Christ Church and St. Luke’s</w:t>
       </w:r>
       <w:r w:rsidR="00993105" w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Eleanor Newbold</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23C93AF4" w14:textId="77777777" w:rsidR="0001666D" w:rsidRDefault="00544DB0" w:rsidP="0001666D">
+    <w:p w14:paraId="23C93AF4" w14:textId="77777777" w:rsidR="0001666D" w:rsidRDefault="00137CBD" w:rsidP="0001666D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="00E35496" w:rsidRPr="006D686F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>eleanor.newbold21@gmail.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E35496" w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>; 07837 351203</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79E77270" w14:textId="6C69FEA2" w:rsidR="00740542" w:rsidRDefault="00740542" w:rsidP="00740542">
+    <w:p w14:paraId="3D8CF290" w14:textId="77777777" w:rsidR="00405B5E" w:rsidRDefault="00405B5E" w:rsidP="00740542">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79E77270" w14:textId="6C69FEA2" w:rsidR="00740542" w:rsidRDefault="00740542" w:rsidP="00740542">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00D925C9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Holy Trinity and St. Mary</w:t>
       </w:r>
       <w:r w:rsidR="00001BAD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D925C9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Dodford: </w:t>
       </w:r>
       <w:r w:rsidR="000A228B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Susan Goode</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FA155D6" w14:textId="0D19DBF0" w:rsidR="006D3A39" w:rsidRPr="006D3A39" w:rsidRDefault="00544DB0" w:rsidP="006D3A39">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2FA155D6" w14:textId="0D19DBF0" w:rsidR="006D3A39" w:rsidRDefault="00137CBD" w:rsidP="006D3A39">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="000A228B" w:rsidRPr="008F5C48">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>s.goode522@btinternet.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00740542">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidR="006D3A39" w:rsidRPr="006D3A39">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>07</w:t>
       </w:r>
       <w:r w:rsidR="008F5C48">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>985 770223</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="63425B00" w14:textId="77777777" w:rsidR="00405B5E" w:rsidRDefault="00405B5E" w:rsidP="006D3A39">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03A9E865" w14:textId="24142C79" w:rsidR="00405B5E" w:rsidRPr="00405B5E" w:rsidRDefault="00405B5E" w:rsidP="006D3A39">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00405B5E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Wychebrook Group</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>: Vacancy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AD3F654" w14:textId="77777777" w:rsidR="00405B5E" w:rsidRPr="00405B5E" w:rsidRDefault="00405B5E" w:rsidP="006D3A39">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="0165AB1A" w14:textId="77777777" w:rsidR="00435906" w:rsidRPr="006D686F" w:rsidRDefault="00435906" w:rsidP="0001666D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3461C6D5" w14:textId="77777777" w:rsidR="00351F2D" w:rsidRPr="006D686F" w:rsidRDefault="006829FA" w:rsidP="00833CE8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4139,51 +4276,51 @@
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2.    </w:t>
       </w:r>
       <w:r w:rsidR="00351F2D" w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>LEGISLATION and GUIDANCE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2615B0AC" w14:textId="587AEF66" w:rsidR="00416A68" w:rsidRPr="006D686F" w:rsidRDefault="006829FA" w:rsidP="00545719">
+    <w:p w14:paraId="2615B0AC" w14:textId="0547E8AE" w:rsidR="00416A68" w:rsidRPr="006D686F" w:rsidRDefault="006829FA" w:rsidP="00545719">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.1 W</w:t>
       </w:r>
       <w:r w:rsidR="00416A68" w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -4209,80 +4346,101 @@
           <w:i/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> to safeguard children</w:t>
       </w:r>
       <w:r w:rsidR="00001BAD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(2018)</w:t>
       </w:r>
       <w:r w:rsidR="00F3030D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00A7771D" w:rsidRPr="00295041">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://assets.publishing.service.gov.uk/government/uploads/system/uploads/attachment_data/file/942454/Working_together_to_safeguard_children_inter_agency_guidance.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00001BAD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00416A68" w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>, thus ensuring that the welfare of children and young people is paramount.</w:t>
-      </w:r>
+        <w:t>, thus ensuring that the welfare of children and young people is paramount</w:t>
+      </w:r>
+      <w:r w:rsidR="00B67BC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; also the Domestic Abuse Act 2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="002A78AD" w:rsidRPr="002A78AD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="23"/>
+            <w:szCs w:val="23"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.legislation.gov.uk/ukpga/2021/17/section/1/enacted</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="29278CEA" w14:textId="77777777" w:rsidR="00416A68" w:rsidRPr="006D686F" w:rsidRDefault="00416A68" w:rsidP="00545719">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>We are aware of, and will implement the following documents that sit alongside the House of Bishops’ Policies:</w:t>
       </w:r>
     </w:p>
@@ -4298,51 +4456,51 @@
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t>Promoting a Safer Church: House of Bishops’ statement policy (2017)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="511F1A58" w14:textId="5EA4C56D" w:rsidR="009A2FCA" w:rsidRPr="006D686F" w:rsidRDefault="00544DB0" w:rsidP="00545719">
+    <w:p w14:paraId="511F1A58" w14:textId="5EA4C56D" w:rsidR="009A2FCA" w:rsidRPr="006D686F" w:rsidRDefault="00137CBD" w:rsidP="00545719">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="009A2FCA" w:rsidRPr="009A2FCA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://www.churchofengland.org/sites/default/files/2017-11/cofe-policy-statement.pdf</w:t>
         </w:r>
       </w:hyperlink>
@@ -4359,51 +4517,51 @@
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t>Protecting all God’s Children (safeguarding policy for children and young people, 4th edition) 2010)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D13713C" w14:textId="58B76322" w:rsidR="009A2FCA" w:rsidRPr="006D686F" w:rsidRDefault="00544DB0" w:rsidP="00545719">
+    <w:p w14:paraId="3D13713C" w14:textId="58B76322" w:rsidR="009A2FCA" w:rsidRPr="006D686F" w:rsidRDefault="00137CBD" w:rsidP="00545719">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="009A2FCA" w:rsidRPr="009A2FCA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>http://www.churchofengland.org/sites/default/files/2017-11/Protecting%20All%20God%27s%20Children%204th%20edition.pdf</w:t>
         </w:r>
       </w:hyperlink>
@@ -4420,51 +4578,51 @@
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t>Promoting a Safe Church (safeguarding policy for adults) 2016</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F0CA409" w14:textId="07EE5C8E" w:rsidR="00416A68" w:rsidRPr="006D686F" w:rsidRDefault="00544DB0" w:rsidP="00545719">
+    <w:p w14:paraId="0F0CA409" w14:textId="07EE5C8E" w:rsidR="00416A68" w:rsidRPr="006D686F" w:rsidRDefault="00137CBD" w:rsidP="00545719">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="009A2FCA" w:rsidRPr="009A2FCA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://www.churchofengland.org/sites/default/files/2017-11/promotingasafechurch.pdf</w:t>
         </w:r>
       </w:hyperlink>
@@ -4576,50 +4734,51 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="349"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00356D42">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidRPr="001A2772">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Safer Environment and Activities</w:t>
       </w:r>
       <w:r w:rsidRPr="001A2772">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001A2772">
         <w:rPr>
@@ -4748,66 +4907,69 @@
         </w:rPr>
         <w:t>Responding to, assessing and managing safeguarding concerns or allegations against church officers (2017)</w:t>
       </w:r>
       <w:r w:rsidR="00F8737B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidR="00F8737B" w:rsidRPr="00F8737B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://www.churchofengland.org/sites/default/files/2017-11/responding-to-assessing-and-managing-concerns-or-allegations-against-church-officers.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5237EDDA" w14:textId="350561EB" w:rsidR="00416A68" w:rsidRPr="006D686F" w:rsidRDefault="00416A68" w:rsidP="00545719">
+    <w:p w14:paraId="5237EDDA" w14:textId="350561EB" w:rsidR="00416A68" w:rsidRPr="00B67BC7" w:rsidRDefault="00416A68" w:rsidP="00545719">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="23"/>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="none"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Responding well to Domestic Abuse: Policy and Practice Guidance 2017</w:t>
       </w:r>
       <w:r w:rsidR="00F8737B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="00F8737B" w:rsidRPr="00F8737B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -5060,105 +5222,50 @@
         </w:rPr>
         <w:t>Safeguarding in Religious Communities (2015)</w:t>
       </w:r>
       <w:r w:rsidR="00F8737B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidR="00F8737B" w:rsidRPr="00F8737B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Safeguarding in Religious Communities (2015)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3D22B23C" w14:textId="3AA8C4EC" w:rsidR="002D11A4" w:rsidRPr="00EC22D5" w:rsidRDefault="002D11A4" w:rsidP="00545719">
-[...53 lines deleted...]
-    </w:p>
     <w:p w14:paraId="37E22A6B" w14:textId="6B20CA4F" w:rsidR="00545719" w:rsidRPr="00545719" w:rsidRDefault="00EC22D5" w:rsidP="00545719">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545719">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
@@ -5177,83 +5284,100 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">five </w:t>
       </w:r>
       <w:r w:rsidRPr="00545719">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">National Safeguarding Standards  </w:t>
       </w:r>
       <w:r w:rsidR="00545719" w:rsidRPr="00545719">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">set down by the national church </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="771C768B" w14:textId="7A821306" w:rsidR="00435906" w:rsidRPr="00545719" w:rsidRDefault="00544DB0" w:rsidP="00545719">
+    <w:p w14:paraId="771C768B" w14:textId="7A821306" w:rsidR="00435906" w:rsidRPr="00545719" w:rsidRDefault="00137CBD" w:rsidP="00545719">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId29" w:anchor="na" w:history="1">
+      <w:hyperlink r:id="rId28" w:anchor="na" w:history="1">
         <w:r w:rsidR="00EC22D5" w:rsidRPr="00545719">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>National Safeguarding Standards | The Church of England</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
+    <w:p w14:paraId="43EEB9F6" w14:textId="77777777" w:rsidR="00AF4F97" w:rsidRDefault="00AF4F97" w:rsidP="00833CE8">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="19FCAF08" w14:textId="77777777" w:rsidR="00351F2D" w:rsidRPr="006D686F" w:rsidRDefault="006829FA" w:rsidP="00833CE8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -6440,50 +6564,51 @@
         </w:rPr>
         <w:t>SAFER RECRUITMENT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AB32EB8" w14:textId="77777777" w:rsidR="00A56F13" w:rsidRDefault="00062BF7" w:rsidP="00A44683">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00691520">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>We will ensure that lay ministers, volunteers and paid workers who work with children and vulnerable adults are carefully selected using the safe</w:t>
       </w:r>
       <w:r w:rsidR="00993105" w:rsidRPr="00691520">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00691520">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> recruitment process and Disclosure and Barring Service to check the background of each person as outlined in the diocesan procedures. The Diocese will do likewise in respect of the ordained.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77142946" w14:textId="77777777" w:rsidR="00F7002D" w:rsidRPr="00691520" w:rsidRDefault="00F7002D" w:rsidP="006829FA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
@@ -6514,93 +6639,173 @@
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">9. </w:t>
       </w:r>
       <w:r w:rsidR="008A067C" w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">SUPERVISION AND MONITORING OF EX-OFFENDERS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="660461CD" w14:textId="77777777" w:rsidR="00691520" w:rsidRPr="00691520" w:rsidRDefault="008D3B91" w:rsidP="00A44683">
+    <w:p w14:paraId="660461CD" w14:textId="0FDBEC0E" w:rsidR="00691520" w:rsidRPr="00691520" w:rsidRDefault="008D3B91" w:rsidP="00A44683">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00691520">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>We will supervise any member of our church community known to have offended against a child or vulnerable adult and ensur</w:t>
       </w:r>
       <w:r w:rsidR="00F5378C" w:rsidRPr="00691520">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">e </w:t>
       </w:r>
       <w:r w:rsidR="00F5378C" w:rsidRPr="00691520">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>they are effectively managed and monitored in consultation with the Diocesan Safeguarding Adviser (DSA). The DSA will determine the appropriate action to be taken to best safeguard the parish and its congregation, based on the particular circumstances and facts of the case. The DSA will undertake a risk assessment and formulate a risk management plan or</w:t>
+        <w:t xml:space="preserve">they are effectively managed and monitored in consultation with the Diocesan Safeguarding </w:t>
+      </w:r>
+      <w:r w:rsidR="00731B62" w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Officer</w:t>
+      </w:r>
+      <w:r w:rsidR="00F5378C" w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (DS</w:t>
+      </w:r>
+      <w:r w:rsidR="00731B62" w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="00F5378C" w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>). The DS</w:t>
+      </w:r>
+      <w:r w:rsidR="00731B62" w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="00F5378C" w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will determine the appropriate action to be taken to best safeguard the parish and its congregation, based on the particular circumstances and facts of the case. The </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE6393" w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DSO </w:t>
+      </w:r>
+      <w:r w:rsidR="00F5378C" w:rsidRPr="00691520">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>will undertake a risk assessment and formulate a risk management plan or</w:t>
       </w:r>
       <w:r w:rsidR="00006CF8" w:rsidRPr="00691520">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> S</w:t>
       </w:r>
       <w:r w:rsidR="00F5378C" w:rsidRPr="00691520">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>afeguarding Agreement</w:t>
       </w:r>
       <w:r w:rsidR="009016C9" w:rsidRPr="00691520">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
@@ -7057,104 +7262,114 @@
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and promoting a Safe</w:t>
       </w:r>
       <w:r w:rsidR="001C36E8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="008D3B91" w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Church.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08A6D989" w14:textId="77777777" w:rsidR="007469D5" w:rsidRDefault="00435906" w:rsidP="00A44683">
+    <w:p w14:paraId="08A6D989" w14:textId="194A89F6" w:rsidR="007469D5" w:rsidRDefault="00435906" w:rsidP="00A44683">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00F31A7D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">11.3 </w:t>
       </w:r>
-      <w:r w:rsidR="007469D5" w:rsidRPr="006D686F">
+      <w:r w:rsidR="007469D5" w:rsidRPr="00F31A7D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The PCC has nominated people on each DCC who will represent the</w:t>
       </w:r>
-      <w:r w:rsidR="006F5313" w:rsidRPr="006D686F">
+      <w:r w:rsidR="006F5313" w:rsidRPr="00F31A7D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007469D5" w:rsidRPr="006D686F">
-[...7 lines deleted...]
-        <w:t>concerns and views of people at DCC meetings and to outside bodies.</w:t>
+      <w:r w:rsidR="007469D5" w:rsidRPr="00F31A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">concerns and views of people at DCC meetings and </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD326E" w:rsidRPr="00F31A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>onward at Deanery and Diocesan level.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03F410EC" w14:textId="77777777" w:rsidR="00691520" w:rsidRDefault="00691520" w:rsidP="00A44683">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4539F165" w14:textId="77777777" w:rsidR="00691520" w:rsidRPr="00691520" w:rsidRDefault="006829FA" w:rsidP="00691520">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
@@ -7169,51 +7384,51 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">12. </w:t>
       </w:r>
       <w:r w:rsidR="00691520">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>DISPLAY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AEE8A5A" w14:textId="77777777" w:rsidR="008D3B91" w:rsidRPr="00482FA2" w:rsidRDefault="00AF4CB0" w:rsidP="00A44683">
+    <w:p w14:paraId="5AEE8A5A" w14:textId="622CD513" w:rsidR="008D3B91" w:rsidRPr="00482FA2" w:rsidRDefault="00AF4CB0" w:rsidP="00A44683">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC0966">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidR="00DC0966" w:rsidRPr="00482FA2">
         <w:rPr>
@@ -7321,87 +7536,128 @@
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>above named church</w:t>
       </w:r>
       <w:r w:rsidR="00DE4E2D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
       <w:r w:rsidR="00DC0966" w:rsidRPr="00482FA2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> along with information about how to contact the DSA, PSO and how to get help with child and adult safeguarding issues</w:t>
+        <w:t xml:space="preserve"> along with information about how to contact the</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE6393">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE6393" w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>DSO</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC0966" w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC0966" w:rsidRPr="00482FA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PSO and how to get help with child and adult safeguarding issues</w:t>
       </w:r>
       <w:r w:rsidR="00435906" w:rsidRPr="00482FA2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> from statutory agencies</w:t>
       </w:r>
       <w:r w:rsidR="00B53901" w:rsidRPr="00DC0966">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00DC0966" w:rsidRPr="00DC0966">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D3B91" w:rsidRPr="00DC0966">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="004522F2" w:rsidRPr="00DC0966">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">lease note you can contact </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004522F2" w:rsidRPr="00DC0966">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Childline</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004522F2" w:rsidRPr="00DC0966">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -7480,59 +7736,60 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C3E96A9" w14:textId="77777777" w:rsidR="004522F2" w:rsidRPr="006D686F" w:rsidRDefault="004522F2" w:rsidP="004522F2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="900"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57A79D7C" w14:textId="473CF781" w:rsidR="00E02F74" w:rsidRPr="006D686F" w:rsidRDefault="00E02F74" w:rsidP="0052570C">
+    <w:p w14:paraId="57A79D7C" w14:textId="53641EDE" w:rsidR="00E02F74" w:rsidRPr="00985ED4" w:rsidRDefault="00E02F74" w:rsidP="0052570C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">This Policy was discussed and </w:t>
       </w:r>
       <w:r w:rsidR="00993105" w:rsidRPr="00482FA2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">initially </w:t>
       </w:r>
       <w:r w:rsidRPr="00482FA2">
@@ -7931,303 +8188,336 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8</w:t>
       </w:r>
       <w:r w:rsidR="00F62F4A" w:rsidRPr="00F62F4A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidR="00F62F4A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> November 2023</w:t>
       </w:r>
-      <w:r w:rsidR="00BB2756">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00E479BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB2756" w:rsidRPr="00402388">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00402388" w:rsidRPr="00402388">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB2756" w:rsidRPr="00402388">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB2756" w:rsidRPr="00402388">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> November 2024</w:t>
+      </w:r>
+      <w:r w:rsidR="00E479BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00E479BB" w:rsidRPr="00985ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+      <w:r w:rsidR="00E479BB" w:rsidRPr="00985ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="00E479BB" w:rsidRPr="00985ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> November 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95DDB" w:rsidRPr="00985ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00985ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BB2756" w:rsidRPr="00402388">
-[...72 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00A8751C" w:rsidRPr="00985ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>We</w:t>
       </w:r>
-      <w:r w:rsidR="00416A68" w:rsidRPr="006D686F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00416A68" w:rsidRPr="00985ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00A8751C" w:rsidRPr="006D686F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00A8751C" w:rsidRPr="00985ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> t</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D686F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00985ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>he PCC agree to review and update this policy annually.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="580607E1" w14:textId="3ABF675D" w:rsidR="00E579D9" w:rsidRPr="005D43C6" w:rsidRDefault="00D31693" w:rsidP="0052570C">
+    <w:p w14:paraId="7A693839" w14:textId="7AA34508" w:rsidR="00E579D9" w:rsidRPr="006D686F" w:rsidRDefault="00D31693" w:rsidP="0052570C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00985ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Signed &amp; dated</w:t>
       </w:r>
-      <w:r w:rsidR="00814804" w:rsidRPr="005D43C6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00814804" w:rsidRPr="00985ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00BB2756">
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00E479BB" w:rsidRPr="00985ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+      <w:r w:rsidR="00080A2B" w:rsidRPr="00985ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
-      <w:r w:rsidR="00B3332A" w:rsidRPr="005D43C6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00B3332A" w:rsidRPr="00985ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00814804" w:rsidRPr="005D43C6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00814804" w:rsidRPr="00985ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>November 202</w:t>
       </w:r>
-      <w:r w:rsidR="00BB2756">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00E479BB" w:rsidRPr="00985ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00814804" w:rsidRPr="00985ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D43C6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00985ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> by</w:t>
       </w:r>
-    </w:p>
-[...13 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8838" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8838"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B53901" w:rsidRPr="006D686F" w14:paraId="365FE2CF" w14:textId="77777777" w:rsidTr="005D43C6">
         <w:trPr>
           <w:trHeight w:val="411"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="319EDBB8" w14:textId="77777777" w:rsidR="00B53901" w:rsidRPr="006D686F" w:rsidRDefault="00A8751C" w:rsidP="00414CFB">
+          <w:p w14:paraId="438F85C8" w14:textId="77777777" w:rsidR="00B53901" w:rsidRDefault="00A8751C" w:rsidP="00414CFB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D686F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>PCC Chair or representative</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="319EDBB8" w14:textId="77777777" w:rsidR="00E479BB" w:rsidRPr="006D686F" w:rsidRDefault="00E479BB" w:rsidP="00414CFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A8751C" w:rsidRPr="006D686F" w14:paraId="13410894" w14:textId="77777777" w:rsidTr="005D43C6">
         <w:trPr>
           <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="178CE52F" w14:textId="77777777" w:rsidR="00A8751C" w:rsidRPr="006D686F" w:rsidRDefault="00A8751C" w:rsidP="006F5313">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D686F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t>Churchwarden</w:t>
             </w:r>
@@ -8401,62 +8691,74 @@
             <w:r w:rsidR="00DE4E2D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>, Catshill</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="786D68EF" w14:textId="77777777" w:rsidR="00134913" w:rsidRPr="006D686F" w:rsidRDefault="00134913" w:rsidP="006F5313">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE4E2D" w:rsidRPr="006D686F" w14:paraId="5ACB0A68" w14:textId="77777777" w:rsidTr="005D43C6">
         <w:trPr>
           <w:trHeight w:val="765"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25987DA3" w14:textId="77777777" w:rsidR="00DE4E2D" w:rsidRDefault="00DE4E2D" w:rsidP="006F5313">
+          <w:p w14:paraId="25987DA3" w14:textId="52870890" w:rsidR="00DE4E2D" w:rsidRDefault="00DE4E2D" w:rsidP="006F5313">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>Holy Trinity and St. Mary, Dodford</w:t>
+              <w:t>Holy Trinity and St. Mary</w:t>
+            </w:r>
+            <w:r w:rsidR="00731B62">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>’s</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>, Dodford</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6618A6FC" w14:textId="77777777" w:rsidR="00DE4E2D" w:rsidRPr="006D686F" w:rsidRDefault="00DE4E2D" w:rsidP="006F5313">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00310A88" w:rsidRPr="006D686F" w14:paraId="5BF2499A" w14:textId="77777777" w:rsidTr="005D43C6">
         <w:trPr>
           <w:trHeight w:val="765"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52FA0081" w14:textId="2FA0CCB4" w:rsidR="00310A88" w:rsidRPr="00080A2B" w:rsidRDefault="00310A88" w:rsidP="006F5313">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -8517,277 +8819,316 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00080A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>St M</w:t>
             </w:r>
             <w:r w:rsidR="00C16560" w:rsidRPr="00080A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">ary de Wyche, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00080A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Wychbold</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B53901" w:rsidRPr="006D686F" w14:paraId="7A5D6E48" w14:textId="77777777" w:rsidTr="00BB2756">
+      <w:tr w:rsidR="00B53901" w:rsidRPr="006D686F" w14:paraId="7A5D6E48" w14:textId="77777777" w:rsidTr="00405B5E">
         <w:trPr>
-          <w:trHeight w:val="2419"/>
+          <w:trHeight w:val="1125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A5B1119" w14:textId="48A6B56A" w:rsidR="00B53901" w:rsidRPr="006D686F" w:rsidRDefault="008661FD" w:rsidP="006F5313">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:strike/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D686F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Parish </w:t>
             </w:r>
             <w:r w:rsidR="004B41DD" w:rsidRPr="006D686F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Safeguarding</w:t>
             </w:r>
             <w:r w:rsidR="00B53901" w:rsidRPr="006D686F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006D686F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Officers</w:t>
             </w:r>
             <w:r w:rsidRPr="006D686F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2719C23B" w14:textId="269A7DD4" w:rsidR="00545719" w:rsidRDefault="00545719" w:rsidP="006F5313">
+          <w:p w14:paraId="2719C23B" w14:textId="74EC0292" w:rsidR="00545719" w:rsidRDefault="00545719" w:rsidP="006F5313">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">Roger </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Savidge</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00414CFB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A44683">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve">                                   Gill Gould</w:t>
+              <w:t xml:space="preserve">                                   </w:t>
+            </w:r>
+            <w:r w:rsidR="00AF4F97">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="00A44683">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gill </w:t>
+            </w:r>
+            <w:r w:rsidR="003050CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Richards</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A6AEAE3" w14:textId="77777777" w:rsidR="00545719" w:rsidRDefault="00545719" w:rsidP="006F5313">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="02DC3E4A" w14:textId="77777777" w:rsidR="00545719" w:rsidRDefault="00545719" w:rsidP="006F5313">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5DCE2678" w14:textId="69053306" w:rsidR="00545719" w:rsidRDefault="00BB2756" w:rsidP="006F5313">
+          <w:p w14:paraId="5DCE2678" w14:textId="331C3ED4" w:rsidR="00545719" w:rsidRDefault="00BB2756" w:rsidP="006F5313">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">Catherine </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Maund</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00545719">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve">                               Susan Goode</w:t>
+              <w:t xml:space="preserve">                               </w:t>
+            </w:r>
+            <w:r w:rsidR="00AF4F97">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="00545719">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Susan Goode</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E8A8BF5" w14:textId="77777777" w:rsidR="00545719" w:rsidRDefault="00545719" w:rsidP="006F5313">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="11BFB700" w14:textId="77777777" w:rsidR="00545719" w:rsidRDefault="00545719" w:rsidP="006F5313">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F3D8839" w14:textId="77777777" w:rsidR="00092CD8" w:rsidRDefault="00092CD8" w:rsidP="006F5313">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="22E234DD" w14:textId="0FD9FB58" w:rsidR="00006CF8" w:rsidRDefault="00414CFB" w:rsidP="006F5313">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">Eleanor Newbold                                 </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B12C6B2" w14:textId="4EAE5A01" w:rsidR="00414CFB" w:rsidRPr="006D686F" w:rsidRDefault="00414CFB" w:rsidP="006F5313">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A8751C" w:rsidRPr="006D686F" w14:paraId="02D41399" w14:textId="77777777" w:rsidTr="005D43C6">
+      <w:tr w:rsidR="00A8751C" w:rsidRPr="006D686F" w14:paraId="02D41399" w14:textId="77777777" w:rsidTr="00405B5E">
         <w:trPr>
-          <w:trHeight w:val="1820"/>
+          <w:trHeight w:val="1101"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8838" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D5CB544" w14:textId="77777777" w:rsidR="00134913" w:rsidRDefault="00A8751C" w:rsidP="006F5313">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D686F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Incumbent</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="18A2EE50" w14:textId="6DFC4E42" w:rsidR="00A8751C" w:rsidRDefault="00414CFB" w:rsidP="006F5313">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3088954A" w14:textId="77777777" w:rsidR="0024052A" w:rsidRPr="00256C0F" w:rsidRDefault="0024052A" w:rsidP="00256C0F">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3A536366" w14:textId="2E6A0B1F" w:rsidR="004B41DD" w:rsidRPr="00B42CB6" w:rsidRDefault="004B41DD" w:rsidP="001A65AE">
+    <w:p w14:paraId="3A536366" w14:textId="43D11A66" w:rsidR="004B41DD" w:rsidRPr="00AF4F97" w:rsidRDefault="004B41DD" w:rsidP="001A65AE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The D</w:t>
       </w:r>
       <w:r w:rsidR="004F0706">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">istrict </w:t>
       </w:r>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
@@ -8911,81 +9252,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> applicable from </w:t>
       </w:r>
       <w:r w:rsidR="009012A4" w:rsidRPr="00080A2B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>November</w:t>
       </w:r>
       <w:r w:rsidR="004D591F" w:rsidRPr="00080A2B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004D591F" w:rsidRPr="00A820D2">
+      <w:r w:rsidR="004D591F" w:rsidRPr="00AF4F97">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00D60713" w:rsidRPr="00A820D2">
+      <w:r w:rsidR="00D60713" w:rsidRPr="00AF4F97">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00B42CB6" w:rsidRPr="00A820D2">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00A820D2">
+      <w:r w:rsidR="00757B8E" w:rsidRPr="00AF4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF4F97">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C190849" w14:textId="77777777" w:rsidR="00457E0F" w:rsidRPr="006D686F" w:rsidRDefault="00457E0F" w:rsidP="001A65AE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
@@ -9011,101 +9352,83 @@
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Parish of Bromsgrove</w:t>
       </w:r>
       <w:r w:rsidR="00F62F4A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00BA29D8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Activities</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B97056C" w14:textId="421D9A4E" w:rsidR="004D591F" w:rsidRPr="00D747B8" w:rsidRDefault="008A067C" w:rsidP="00D747B8">
+    <w:p w14:paraId="5B97056C" w14:textId="6E2CB31C" w:rsidR="004D591F" w:rsidRPr="00D747B8" w:rsidRDefault="008A067C" w:rsidP="00D747B8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="420"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D747B8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>All Church services</w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="533D3B50" w14:textId="5ACB0B11" w:rsidR="008A067C" w:rsidRPr="006D686F" w:rsidRDefault="008A067C" w:rsidP="00B9590D">
+        <w:t xml:space="preserve">All Church services </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="533D3B50" w14:textId="3D2922E6" w:rsidR="008A067C" w:rsidRPr="006D686F" w:rsidRDefault="008A067C" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="420"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9115,70 +9438,70 @@
         <w:t>Listening Service:</w:t>
       </w:r>
       <w:r w:rsidR="00D00065">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D00065">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Term time, in person; </w:t>
       </w:r>
       <w:r w:rsidR="00545719">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Norman Hewer.</w:t>
+        <w:t>Norman Hewer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B2352FD" w14:textId="77777777" w:rsidR="00833CE8" w:rsidRDefault="00833CE8" w:rsidP="001A65AE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D589451" w14:textId="77777777" w:rsidR="00B53901" w:rsidRPr="006D686F" w:rsidRDefault="00DB7023" w:rsidP="001A65AE">
+    <w:p w14:paraId="5D589451" w14:textId="6D0D6813" w:rsidR="00B53901" w:rsidRPr="006D686F" w:rsidRDefault="00DB7023" w:rsidP="001A65AE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Church activities: </w:t>
       </w:r>
       <w:r w:rsidR="00B53901" w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -9198,54 +9521,82 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DB47B2" w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="008661FD" w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>PSO</w:t>
       </w:r>
       <w:r w:rsidR="00DB47B2" w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Adrienne Hall)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6B164F41" w14:textId="008F6D48" w:rsidR="00D747B8" w:rsidRPr="00D747B8" w:rsidRDefault="00AF4CB0" w:rsidP="00D747B8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00731B62" w:rsidRPr="00AF4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Roger </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731B62" w:rsidRPr="00AF4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Savidge</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DB47B2" w:rsidRPr="006D686F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B164F41" w14:textId="420E6442" w:rsidR="00D747B8" w:rsidRPr="00D747B8" w:rsidRDefault="00AF4CB0" w:rsidP="00D747B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D747B8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -9294,54 +9645,54 @@
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00D747B8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00513B0E" w:rsidRPr="00D747B8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Steve Cowperthwait</w:t>
       </w:r>
       <w:r w:rsidR="00D00065" w:rsidRPr="00D747B8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>e.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4B51CD5A" w14:textId="2DC4CEC7" w:rsidR="00D747B8" w:rsidRDefault="00D747B8" w:rsidP="00D747B8">
+        <w:t>e</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B51CD5A" w14:textId="4C3901FF" w:rsidR="00D747B8" w:rsidRDefault="00D747B8" w:rsidP="00D747B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -9349,81 +9700,82 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Thursdays and Sundays. Church Ringing Tower</w:t>
       </w:r>
       <w:r w:rsidR="005D43C6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, St John’s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>; Sarah Marshall</w:t>
       </w:r>
-      <w:r w:rsidR="001A2772">
-[...8 lines deleted...]
-    <w:p w14:paraId="13634747" w14:textId="7F8AEB58" w:rsidR="00DB47B2" w:rsidRPr="001C36E8" w:rsidRDefault="00D747B8" w:rsidP="001A65AE">
+    </w:p>
+    <w:p w14:paraId="13634747" w14:textId="04C9C937" w:rsidR="00DB47B2" w:rsidRPr="001C36E8" w:rsidRDefault="00D747B8" w:rsidP="001A65AE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00405B5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">3. </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B3332A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00DB47B2" w:rsidRPr="001C36E8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Home Communion &amp; Pastoral Visit</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -9468,239 +9820,258 @@
       <w:r w:rsidR="00D00065">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00DB47B2" w:rsidRPr="001C36E8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AB66B5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Caroline Khan, Janet Hatton</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="65335D7E" w14:textId="7BD1E969" w:rsidR="00833CE8" w:rsidRDefault="00D747B8" w:rsidP="001A65AE">
+        <w:t xml:space="preserve">Caroline Khan, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F71E2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rev. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB66B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Janet Hatton</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65335D7E" w14:textId="5A331608" w:rsidR="00833CE8" w:rsidRDefault="00D747B8" w:rsidP="001A65AE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00405B5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
+      <w:r w:rsidR="00AB66B5" w:rsidRPr="00405B5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidR="00AB66B5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B3332A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="004B6E1F" w:rsidRPr="001C36E8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Baptismal Visiting Team.  </w:t>
       </w:r>
       <w:r w:rsidR="004B6E1F" w:rsidRPr="001C36E8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>As &amp; whe</w:t>
       </w:r>
       <w:r w:rsidR="00A72E8A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="004B6E1F" w:rsidRPr="001C36E8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> required</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00D00065">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="004B6E1F" w:rsidRPr="001C36E8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Hilda</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Hilda </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004B6E1F" w:rsidRPr="001C36E8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Roxboroug</w:t>
       </w:r>
       <w:r w:rsidR="00547FA1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00D00065">
-[...9 lines deleted...]
-    <w:p w14:paraId="3EF46C49" w14:textId="77777777" w:rsidR="00A44683" w:rsidRDefault="00A44683" w:rsidP="001A65AE">
+    </w:p>
+    <w:p w14:paraId="4047FE2E" w14:textId="77777777" w:rsidR="00405B5E" w:rsidRDefault="00405B5E" w:rsidP="001A65AE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E96A3B4" w14:textId="5CAB412A" w:rsidR="00833CE8" w:rsidRPr="00833CE8" w:rsidRDefault="00833CE8" w:rsidP="001A65AE">
+    <w:p w14:paraId="7E96A3B4" w14:textId="24EEF531" w:rsidR="00833CE8" w:rsidRPr="00833CE8" w:rsidRDefault="00833CE8" w:rsidP="001A65AE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00405B5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">5. </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00405B5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00833CE8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Stay and Play.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -10077,51 +10448,51 @@
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Main Hall</w:t>
       </w:r>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A8E428F" w14:textId="77777777" w:rsidR="00AB66B5" w:rsidRDefault="00AB66B5" w:rsidP="001A65AE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="780"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68EC8AD5" w14:textId="70447E7D" w:rsidR="00E3690C" w:rsidRPr="00B3332A" w:rsidRDefault="00E3690C" w:rsidP="00B9590D">
+    <w:p w14:paraId="68EC8AD5" w14:textId="1C85F5CA" w:rsidR="00E3690C" w:rsidRPr="00B3332A" w:rsidRDefault="00E3690C" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="420"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3332A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Gracechurch</w:t>
       </w:r>
       <w:r w:rsidRPr="00B3332A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -10149,58 +10520,50 @@
       </w:r>
       <w:r w:rsidRPr="00B3332A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F26F05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Friday mornings</w:t>
       </w:r>
       <w:r w:rsidR="00D747B8" w:rsidRPr="00B3332A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>. Steve Vincent</w:t>
       </w:r>
-      <w:r w:rsidR="001A2772">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="418323E1" w14:textId="77777777" w:rsidR="00D747B8" w:rsidRDefault="00D747B8" w:rsidP="00D747B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E0AE926" w14:textId="77777777" w:rsidR="00E3690C" w:rsidRDefault="00E3690C" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="420"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
@@ -10263,100 +10626,91 @@
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F26F05" w:rsidRPr="00F26F05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Thursday evening</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1968C2DF" w14:textId="77777777" w:rsidR="00D747B8" w:rsidRDefault="00D747B8" w:rsidP="00D747B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="684AD20A" w14:textId="74AE6CA8" w:rsidR="00D747B8" w:rsidRPr="00402388" w:rsidRDefault="00D747B8" w:rsidP="00B9590D">
+    <w:p w14:paraId="684AD20A" w14:textId="1A2F1D5B" w:rsidR="00D747B8" w:rsidRPr="00402388" w:rsidRDefault="00D747B8" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="420"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Grace Church. </w:t>
       </w:r>
       <w:r w:rsidRPr="00402388">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Sunday</w:t>
       </w:r>
       <w:r w:rsidR="00033CF8" w:rsidRPr="00402388">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> afternoons</w:t>
-      </w:r>
-[...7 lines deleted...]
-        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B1EDA82" w14:textId="77777777" w:rsidR="00033CF8" w:rsidRPr="00402388" w:rsidRDefault="00033CF8" w:rsidP="00033CF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E1F8ADC" w14:textId="45E993AA" w:rsidR="00033CF8" w:rsidRPr="00402388" w:rsidRDefault="00033CF8" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="420"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
@@ -10378,51 +10732,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>English conversation class. Tuesday afternoons</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="239F209C" w14:textId="77777777" w:rsidR="00E3690C" w:rsidRPr="00D747B8" w:rsidRDefault="00E3690C" w:rsidP="001A65AE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AB2D74A" w14:textId="68631D6F" w:rsidR="004B41DD" w:rsidRPr="006D686F" w:rsidRDefault="00DB7023" w:rsidP="001A65AE">
+    <w:p w14:paraId="2AB2D74A" w14:textId="293AD5F3" w:rsidR="004B41DD" w:rsidRPr="006D686F" w:rsidRDefault="00DB7023" w:rsidP="001A65AE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Church activities: </w:t>
       </w:r>
       <w:r w:rsidR="004B41DD" w:rsidRPr="006D686F">
@@ -10457,52 +10811,63 @@
       <w:r w:rsidR="00010CFD" w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>PSO</w:t>
       </w:r>
       <w:r w:rsidR="00DB47B2" w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B42CB6" w:rsidRPr="00402388">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Gill Gould</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Gill </w:t>
+      </w:r>
+      <w:r w:rsidR="003050CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Richards</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00DB47B2" w:rsidRPr="00402388">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29FA0AD3" w14:textId="77777777" w:rsidR="002B0096" w:rsidRPr="006D686F" w:rsidRDefault="002B0096" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="420"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
@@ -10557,51 +10922,51 @@
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Tessa Carrick</w:t>
       </w:r>
       <w:r w:rsidR="00D00065">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="787E0B6D" w14:textId="5BE45964" w:rsidR="002B0096" w:rsidRPr="006D686F" w:rsidRDefault="002B0096" w:rsidP="00B9590D">
+    <w:p w14:paraId="787E0B6D" w14:textId="53B9CE60" w:rsidR="002B0096" w:rsidRPr="006D686F" w:rsidRDefault="002B0096" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="420"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -10671,61 +11036,52 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Barbara Murphy</w:t>
       </w:r>
       <w:r w:rsidR="00A72E8A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="004B6E1F" w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rosemary Sumner</w:t>
       </w:r>
-      <w:r w:rsidR="00D00065">
-[...9 lines deleted...]
-    <w:p w14:paraId="16895F71" w14:textId="77777777" w:rsidR="00477CC3" w:rsidRPr="006D686F" w:rsidRDefault="00477CC3" w:rsidP="00B9590D">
+    </w:p>
+    <w:p w14:paraId="16895F71" w14:textId="5E28866C" w:rsidR="00477CC3" w:rsidRPr="006D686F" w:rsidRDefault="00477CC3" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="420"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
@@ -10790,61 +11146,52 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00180981" w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008C5239" w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Tessa Carrick, Suzanne Thompson</w:t>
       </w:r>
-      <w:r w:rsidR="00D00065">
-[...9 lines deleted...]
-    <w:p w14:paraId="2F1F3BDB" w14:textId="77777777" w:rsidR="0009770E" w:rsidRPr="006D686F" w:rsidRDefault="0009770E" w:rsidP="00B9590D">
+    </w:p>
+    <w:p w14:paraId="2F1F3BDB" w14:textId="4C3D13AC" w:rsidR="0009770E" w:rsidRPr="006D686F" w:rsidRDefault="0009770E" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="420"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -10860,61 +11207,52 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Monthly, Thursday afternoons</w:t>
       </w:r>
       <w:r w:rsidR="00D00065">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rev Sue Humphries</w:t>
       </w:r>
-      <w:r w:rsidR="00D00065">
-[...9 lines deleted...]
-    <w:p w14:paraId="5C48172D" w14:textId="24FEA060" w:rsidR="00547FA1" w:rsidRDefault="004B6E1F" w:rsidP="00B9590D">
+    </w:p>
+    <w:p w14:paraId="5C48172D" w14:textId="6B2D8465" w:rsidR="00547FA1" w:rsidRDefault="004B6E1F" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="420"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -10963,59 +11301,50 @@
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pam </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Rosewarne</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0024052A">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="54ADF249" w14:textId="7ECF4E50" w:rsidR="004B6E1F" w:rsidRPr="006D686F" w:rsidRDefault="00547FA1" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="420"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -11136,740 +11465,1119 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> All Saints</w:t>
       </w:r>
       <w:r w:rsidR="00802A00">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in the Church Hall)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="242DC515" w14:textId="413972DC" w:rsidR="00802A00" w:rsidRPr="00802A00" w:rsidRDefault="00802A00" w:rsidP="00B9590D">
+    <w:p w14:paraId="242DC515" w14:textId="5402B127" w:rsidR="00802A00" w:rsidRPr="00802A00" w:rsidRDefault="00802A00" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Chloe May’s Dance Academy</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00802A00">
+        <w:t xml:space="preserve">Chloe May’s Dance </w:t>
+      </w:r>
+      <w:r w:rsidR="00F2129A" w:rsidRPr="00930648">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>School</w:t>
+      </w:r>
+      <w:r w:rsidR="00583364" w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Mondays, Wednesdays, Thursdays &amp; Saturdays</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6DA61074" w14:textId="77777777" w:rsidR="001C36E8" w:rsidRDefault="001C36E8" w:rsidP="00B9590D">
+        <w:t xml:space="preserve"> Mondays, Wednesdays, </w:t>
+      </w:r>
+      <w:r w:rsidR="00583364">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Thursdays</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; Saturdays</w:t>
+      </w:r>
+      <w:r w:rsidR="00583364">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. Chloe Evans</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DA61074" w14:textId="6B153176" w:rsidR="001C36E8" w:rsidRDefault="00583364" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Fitness.  </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t xml:space="preserve">On Broadway Dance </w:t>
+      </w:r>
+      <w:r w:rsidR="001C36E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>Fitness</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="001C36E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="001C36E8" w:rsidRPr="001C36E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>Monday</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="7AC2F494" w14:textId="77777777" w:rsidR="00802A00" w:rsidRDefault="00802A00" w:rsidP="00802A00">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Emma Davies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AC2F494" w14:textId="37FFCB78" w:rsidR="00802A00" w:rsidRDefault="00802A00" w:rsidP="00802A00">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">All Saints Art Club.  </w:t>
+        <w:t>All Saints Art Club</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00583364">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="001C36E8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Monday</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="405146A0" w14:textId="4ED5D480" w:rsidR="00B24AAF" w:rsidRPr="001C36E8" w:rsidRDefault="00B24AAF" w:rsidP="00B9590D">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00583364">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. Tony Turpin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="405146A0" w14:textId="6B8E19F6" w:rsidR="00B24AAF" w:rsidRPr="001C36E8" w:rsidRDefault="00B24AAF" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Pilates</w:t>
       </w:r>
+      <w:r w:rsidR="00583364">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
       <w:r w:rsidR="00802A00">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00802A00">
+      <w:r w:rsidR="00583364" w:rsidRPr="00583364">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Tuesday</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5071FB07" w14:textId="53F845CD" w:rsidR="000A1B4E" w:rsidRPr="000C5679" w:rsidRDefault="006810FE" w:rsidP="000C5679">
+        <w:t>Monday. Sharon Kibble</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0653041B" w14:textId="77777777" w:rsidR="00583364" w:rsidRDefault="006810FE" w:rsidP="000C5679">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Rock Choir </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Tuesda</w:t>
       </w:r>
       <w:r w:rsidR="000A1B4E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="3956D055" w14:textId="0DE6E1B5" w:rsidR="00802A00" w:rsidRPr="000C5679" w:rsidRDefault="002566DF" w:rsidP="00802A00">
+      <w:r w:rsidR="00583364">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. Rock Choir Ltd.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5071FB07" w14:textId="338C62F9" w:rsidR="000A1B4E" w:rsidRDefault="00583364" w:rsidP="000C5679">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Altogether Vocal</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>Hartbeeps</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB7B9C" w:rsidRPr="00CB7B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tuesday. Stephanie Williams</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00802A00">
-[...10 lines deleted...]
-    <w:p w14:paraId="085B3A70" w14:textId="769AA82E" w:rsidR="000A1B4E" w:rsidRDefault="00802A00" w:rsidP="00BE09E0">
+    </w:p>
+    <w:p w14:paraId="2BBDBB02" w14:textId="43011D09" w:rsidR="00CB7B9C" w:rsidRPr="000C5679" w:rsidRDefault="00CB7B9C" w:rsidP="000C5679">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:bCs/>
-[...15 lines deleted...]
-        <w:t>Martial Arts</w:t>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fitness Class</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:bCs/>
-[...7 lines deleted...]
-    <w:p w14:paraId="7076B908" w14:textId="0621C5B7" w:rsidR="00802A00" w:rsidRPr="007C68D0" w:rsidRDefault="00802A00" w:rsidP="00802A00">
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-Tuesday. Sharon Kibble</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3956D055" w14:textId="215114DD" w:rsidR="00802A00" w:rsidRPr="000C5679" w:rsidRDefault="002566DF" w:rsidP="00802A00">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Altogether Vocal</w:t>
+      </w:r>
+      <w:r w:rsidR="00802A00">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00802A00">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bromsgrove Flower Club. </w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="0B53B32D" w14:textId="103392E9" w:rsidR="000E1301" w:rsidRPr="00B93350" w:rsidRDefault="000E1301" w:rsidP="00BE09E0">
+        <w:t>Thursday</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB7B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Estelle </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CB7B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Scarth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="085B3A70" w14:textId="47002B5C" w:rsidR="000A1B4E" w:rsidRDefault="00802A00" w:rsidP="00BE09E0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:color w:val="auto"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Friday</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3C7DEF65" w14:textId="0FE55919" w:rsidR="007C68D0" w:rsidRPr="00802A00" w:rsidRDefault="00802A00" w:rsidP="00B9590D">
+        <w:t xml:space="preserve">MF </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00802A00">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Martial Arts</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Thursday</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB7B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CB7B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>McAteer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7076B908" w14:textId="14666A11" w:rsidR="00802A00" w:rsidRPr="007C68D0" w:rsidRDefault="00802A00" w:rsidP="00802A00">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Repair Café – </w:t>
-[...9 lines deleted...]
-        <w:t>First</w:t>
+        <w:t xml:space="preserve">Bromsgrove Flower Club. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
-[...28 lines deleted...]
-    <w:p w14:paraId="6A049B7E" w14:textId="0D2C9475" w:rsidR="00802A00" w:rsidRPr="007C68D0" w:rsidRDefault="00802A00" w:rsidP="00802A00">
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Third Thursday of the month.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB7B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Penelope Little</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B53B32D" w14:textId="28A31B98" w:rsidR="000E1301" w:rsidRPr="00B93350" w:rsidRDefault="000E1301" w:rsidP="00BE09E0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Slim</w:t>
+      </w:r>
+      <w:r w:rsidR="00B93350">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ming World</w:t>
+      </w:r>
+      <w:r w:rsidR="00802A00">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00802A00">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Busy Boots Line Dancing – </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00802A00">
+        <w:t>Friday</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB7B9C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>First</w:t>
-[...33 lines deleted...]
-    <w:p w14:paraId="4655D9CC" w14:textId="117CE6D7" w:rsidR="004972E5" w:rsidRPr="00802A00" w:rsidRDefault="007C68D0" w:rsidP="00B9590D">
+        <w:t>. Maxine Jackson</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C7DEF65" w14:textId="6D37F200" w:rsidR="007C68D0" w:rsidRPr="00802A00" w:rsidRDefault="00802A00" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Repair Café – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00802A00">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>First</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00802A00">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Saturday</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the month</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB7B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. Julie Robinson</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A049B7E" w14:textId="6DC7E4D8" w:rsidR="00802A00" w:rsidRPr="007C68D0" w:rsidRDefault="00802A00" w:rsidP="00802A00">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="420"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Busy Boots Line Dancing – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00802A00">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>First</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00802A00">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Saturday</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the month</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB7B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Brenda </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CB7B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Whipp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="4655D9CC" w14:textId="6B0FE1D5" w:rsidR="004972E5" w:rsidRPr="00802A00" w:rsidRDefault="007C68D0" w:rsidP="00B9590D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="420"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="007C68D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>St Joseph’s Church</w:t>
       </w:r>
       <w:r w:rsidR="00802A00">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="00802A00" w:rsidRPr="00802A00">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Church &amp; Hall on the 1</w:t>
+        <w:t>Church &amp; Hall</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB7B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00802A00" w:rsidRPr="00802A00">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00802A00" w:rsidRPr="00802A00">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
       <w:r w:rsidR="00802A00" w:rsidRPr="00802A00">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; 3</w:t>
       </w:r>
       <w:r w:rsidR="00802A00" w:rsidRPr="00802A00">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>rd</w:t>
       </w:r>
       <w:r w:rsidR="00802A00" w:rsidRPr="00802A00">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Sundays of the month</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> Sundays</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB7B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Matthew </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CB7B9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Vargese</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="6B9291AC" w14:textId="5979FC92" w:rsidR="004972E5" w:rsidRPr="007C68D0" w:rsidRDefault="004972E5" w:rsidP="00032B74">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5461A40A" w14:textId="48DA54D2" w:rsidR="004B41DD" w:rsidRPr="006D686F" w:rsidRDefault="00DB7023" w:rsidP="001A65AE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
@@ -11955,51 +12663,51 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Catherine </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B42CB6" w:rsidRPr="00402388">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Maund</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004D591F" w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40DEEB73" w14:textId="77777777" w:rsidR="00703DAB" w:rsidRPr="006D686F" w:rsidRDefault="00703DAB" w:rsidP="00B9590D">
+    <w:p w14:paraId="40DEEB73" w14:textId="7F800835" w:rsidR="00703DAB" w:rsidRPr="006D686F" w:rsidRDefault="00703DAB" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="420"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -12049,71 +12757,62 @@
       </w:r>
       <w:r w:rsidR="00BE5D47" w:rsidRPr="00BE5D47">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE5D47">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C82424" w:rsidRPr="00BE5D47">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Sue Bryant</w:t>
       </w:r>
-      <w:r w:rsidR="0088608C" w:rsidRPr="00BE5D47">
-[...7 lines deleted...]
-      </w:r>
       <w:r w:rsidR="0012702D" w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42FB701F" w14:textId="4F64EB33" w:rsidR="00570FBE" w:rsidRPr="00570FBE" w:rsidRDefault="00703DAB" w:rsidP="00B9590D">
+    <w:p w14:paraId="42FB701F" w14:textId="5E00D3B0" w:rsidR="00570FBE" w:rsidRPr="00570FBE" w:rsidRDefault="00703DAB" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="420"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00570FBE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -12148,54 +12847,54 @@
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00570FBE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kerst</w:t>
       </w:r>
       <w:r w:rsidR="00E43678">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00570FBE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>n McDonald.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="43092AD4" w14:textId="77777777" w:rsidR="000C79CC" w:rsidRPr="006D686F" w:rsidRDefault="000C79CC" w:rsidP="00B9590D">
+        <w:t>n McDonald</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43092AD4" w14:textId="193D415A" w:rsidR="000C79CC" w:rsidRPr="006D686F" w:rsidRDefault="000C79CC" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="420"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -12207,342 +12906,388 @@
       </w:r>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>As and where required</w:t>
       </w:r>
       <w:r w:rsidR="0088608C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00BE1739" w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Janet Hewer</w:t>
       </w:r>
-      <w:r w:rsidR="0088608C">
-[...8 lines deleted...]
-    <w:p w14:paraId="5AC30EB3" w14:textId="3B6D8C06" w:rsidR="00447E01" w:rsidRPr="009B02CD" w:rsidRDefault="009B02CD" w:rsidP="00B9590D">
+    </w:p>
+    <w:p w14:paraId="5AC30EB3" w14:textId="3B6D8C06" w:rsidR="00447E01" w:rsidRPr="00930648" w:rsidRDefault="009B02CD" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="420"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B02CD">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Ramblers’ Group</w:t>
       </w:r>
-      <w:r w:rsidR="00802A00">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00802A00" w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00802A00" w:rsidRPr="00802A00">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00802A00" w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
-      <w:r w:rsidR="00315D8B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00315D8B" w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00315D8B" w:rsidRPr="00315D8B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00315D8B" w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>nd</w:t>
       </w:r>
-      <w:r w:rsidR="00315D8B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00315D8B" w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; 4</w:t>
       </w:r>
-      <w:r w:rsidR="00315D8B" w:rsidRPr="00315D8B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00315D8B" w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
-      <w:r w:rsidR="00315D8B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="00315D8B" w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Tuesdays in the month. Judith Rowe</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58892685" w14:textId="09B8BD92" w:rsidR="00957625" w:rsidRPr="00833CE8" w:rsidRDefault="00957625" w:rsidP="00B9590D">
+    <w:p w14:paraId="576DACC2" w14:textId="190CC062" w:rsidR="00734487" w:rsidRPr="00930648" w:rsidRDefault="00734487" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="420"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00957625">
-[...85 lines deleted...]
-    <w:p w14:paraId="47E1CB84" w14:textId="01E7F8FF" w:rsidR="00833CE8" w:rsidRPr="00802A00" w:rsidRDefault="00833CE8" w:rsidP="00B9590D">
+      <w:r w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Morning Prayer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. Wednesday, 10.00 in Church</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58892685" w14:textId="60C5F767" w:rsidR="00957625" w:rsidRPr="00833CE8" w:rsidRDefault="00957625" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="420"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00802A00">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00802A00">
+      <w:r w:rsidRPr="00957625">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Community Café</w:t>
+      </w:r>
+      <w:r w:rsidR="00D55161">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957625">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00315D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Alternate Fridays,</w:t>
+      </w:r>
+      <w:r w:rsidR="006F78BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ruth </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006F78BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Heald</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006F78BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Room</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957625">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; Judith </w:t>
+      </w:r>
+      <w:r w:rsidR="00C00D01">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00957625">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">owe </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47E1CB84" w14:textId="25B11CE9" w:rsidR="00833CE8" w:rsidRPr="00802A00" w:rsidRDefault="00833CE8" w:rsidP="00B9590D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="420"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="420"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00802A00">
+      </w:pPr>
+      <w:r w:rsidRPr="00802A00">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Pizza Church.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00802A00">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00802A00">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>Last Saturday of the month</w:t>
       </w:r>
       <w:r w:rsidRPr="00802A00">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> in St </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00802A00">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Godwald’s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00802A00">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Hall; Kerstin McDonald.</w:t>
+        <w:t xml:space="preserve"> Hall; Kerstin McDonald</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20979B8D" w14:textId="3815273E" w:rsidR="004F4B44" w:rsidRPr="003D4118" w:rsidRDefault="004F4B44" w:rsidP="007308BA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="733744E4" w14:textId="77777777" w:rsidR="00010CFD" w:rsidRPr="006D686F" w:rsidRDefault="00010CFD" w:rsidP="001A65AE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
@@ -12590,51 +13335,51 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Godwald</w:t>
       </w:r>
       <w:r w:rsidR="00DE4E2D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="76E0F90D" w14:textId="75644F13" w:rsidR="00441F18" w:rsidRPr="00DF38EC" w:rsidRDefault="00441F18" w:rsidP="00B9590D">
+    <w:p w14:paraId="76E0F90D" w14:textId="3BD145D1" w:rsidR="00441F18" w:rsidRPr="00DF38EC" w:rsidRDefault="00441F18" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -12658,840 +13403,1057 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:r w:rsidR="00BE5D47">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Church </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Hall.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="088B8D7B" w14:textId="3047FB40" w:rsidR="00441F18" w:rsidRPr="004E4831" w:rsidRDefault="00441F18" w:rsidP="009E3243">
+      <w:r w:rsidR="00852371">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Linda </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00852371">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ebbutt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00852371">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="088B8D7B" w14:textId="79850790" w:rsidR="00441F18" w:rsidRPr="00852371" w:rsidRDefault="00441F18" w:rsidP="009E3243">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E4831">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Showtime Academy. </w:t>
       </w:r>
       <w:r w:rsidRPr="004E4831">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Monday</w:t>
       </w:r>
       <w:r w:rsidR="00315D8B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; Friday in Church Hall</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="6CBF5084" w14:textId="45C25BB9" w:rsidR="00441F18" w:rsidRPr="00315D8B" w:rsidRDefault="00315D8B" w:rsidP="00B9590D">
+      <w:r w:rsidR="00852371">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Sally </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00852371">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Brashaw</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="603781C6" w14:textId="3E96E2D9" w:rsidR="00852371" w:rsidRPr="00852371" w:rsidRDefault="00852371" w:rsidP="009E3243">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Kitsune</w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="18DA5F15" w14:textId="77777777" w:rsidR="00315D8B" w:rsidRPr="00315D8B" w:rsidRDefault="00315D8B" w:rsidP="00B9590D">
+        <w:t xml:space="preserve">U3A History. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00852371">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00852371">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>rd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00852371">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Monday of month. Lydia Smart</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CBF5084" w14:textId="67DF3870" w:rsidR="00441F18" w:rsidRPr="00852371" w:rsidRDefault="00315D8B" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315D8B">
-[...49 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00315D8B">
-[...5 lines deleted...]
-        <w:t>Heald</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Kitsune</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00315D8B">
-[...8 lines deleted...]
-    <w:p w14:paraId="2F988E9D" w14:textId="55AFAB42" w:rsidR="00441F18" w:rsidRPr="00957625" w:rsidRDefault="00441F18" w:rsidP="00B9590D">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Martial Arts </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tuesdays in Church Hall</w:t>
+      </w:r>
+      <w:r w:rsidR="00852371">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. James Boyle</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="164A6518" w14:textId="3FD4F59C" w:rsidR="00852371" w:rsidRPr="00315D8B" w:rsidRDefault="00852371" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="24"/>
-[...22 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="4B0CD18B" w14:textId="47BEB77F" w:rsidR="0088608C" w:rsidRPr="0084304E" w:rsidRDefault="00441F18" w:rsidP="0084304E">
+        <w:t>Ramblers-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00852371">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00852371">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00852371">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00852371">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00852371">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tuesdays. Judith Rowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18DA5F15" w14:textId="63678A61" w:rsidR="00315D8B" w:rsidRPr="00315D8B" w:rsidRDefault="00315D8B" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="24"/>
-[...21 lines deleted...]
-      <w:r w:rsidR="00315D8B">
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">U3A Ukulele &amp; Singing for Pleasure </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315D8B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00315D8B" w:rsidRPr="00315D8B">
+      <w:r w:rsidRPr="00315D8B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>nd</w:t>
       </w:r>
-      <w:r w:rsidR="00315D8B">
-[...8 lines deleted...]
-    <w:p w14:paraId="45CFA5C0" w14:textId="3386E998" w:rsidR="0088608C" w:rsidRDefault="0088608C" w:rsidP="00B9590D">
+      <w:r w:rsidRPr="00315D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tuesdays in the month. Church Hall &amp; Ruth </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00315D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Heald</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00315D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Room</w:t>
+      </w:r>
+      <w:r w:rsidR="00852371">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Catherine </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00852371">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Shearwood</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="2F988E9D" w14:textId="11C4A404" w:rsidR="00441F18" w:rsidRPr="00957625" w:rsidRDefault="00441F18" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D686F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="009B257A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>oupermovers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">U3A Recorder Group. </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00315D8B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...86 lines deleted...]
-    <w:p w14:paraId="4A1691F0" w14:textId="4B71035A" w:rsidR="004972E5" w:rsidRPr="00957625" w:rsidRDefault="00315D8B" w:rsidP="00B9590D">
+        <w:t>Wednesdays in the Church Hall</w:t>
+      </w:r>
+      <w:r w:rsidR="00734487">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. Gaynor Peart</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B0CD18B" w14:textId="62F7D2D1" w:rsidR="0088608C" w:rsidRPr="0084304E" w:rsidRDefault="00441F18" w:rsidP="0084304E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00441F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Railway Club</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bromsgrove </w:t>
-[...36 lines deleted...]
-      <w:r w:rsidR="0088608C" w:rsidRPr="0088608C">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00315D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00315D8B" w:rsidRPr="00315D8B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>st</w:t>
-[...68 lines deleted...]
-    <w:p w14:paraId="5EE98033" w14:textId="1AAC0F40" w:rsidR="004972E5" w:rsidRPr="0037065E" w:rsidRDefault="0088608C" w:rsidP="00B9590D">
+        <w:t>nd</w:t>
+      </w:r>
+      <w:r w:rsidR="00315D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Wednesday of the month in the Church Hall</w:t>
+      </w:r>
+      <w:r w:rsidR="00734487">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. David Beasley</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45CFA5C0" w14:textId="1F9EDAC1" w:rsidR="0088608C" w:rsidRDefault="0088608C" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Yin </w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">Thursdays </w:t>
+        <w:t xml:space="preserve">Recorder Group. </w:t>
+      </w:r>
+      <w:r w:rsidR="00315D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00315D8B" w:rsidRPr="00315D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidR="00315D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00315D8B" w:rsidRPr="00315D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>rd</w:t>
+      </w:r>
+      <w:r w:rsidR="00315D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Thursdays of the month</w:t>
       </w:r>
       <w:r w:rsidR="00BE5D47">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>in</w:t>
+        <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:r w:rsidR="00315D8B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the</w:t>
+        <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00BE5D47">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Church Hall</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00315D8B">
+        <w:t xml:space="preserve">Ruth </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BE5D47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Heald</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BE5D47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Room</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="3EE80077" w14:textId="5D9CE183" w:rsidR="004972E5" w:rsidRPr="0088608C" w:rsidRDefault="004972E5" w:rsidP="00B9590D">
+      <w:r w:rsidR="00734487">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Jean</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A1691F0" w14:textId="0603C819" w:rsidR="004972E5" w:rsidRPr="00957625" w:rsidRDefault="00315D8B" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
-[...39 lines deleted...]
-    <w:p w14:paraId="341698DE" w14:textId="3A9FEA59" w:rsidR="008469F4" w:rsidRPr="006D686F" w:rsidRDefault="008469F4" w:rsidP="00B9590D">
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bromsgrove </w:t>
+      </w:r>
+      <w:r w:rsidR="0088608C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Recorder </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Consort</w:t>
+      </w:r>
+      <w:r w:rsidR="0088608C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0088608C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidR="0088608C" w:rsidRPr="0088608C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Thursday </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE5D47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE5D47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ruth </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BE5D47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Heald</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BE5D47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Room.</w:t>
+      </w:r>
+      <w:r w:rsidR="00757B8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00734487">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Jamie Morris</w:t>
+      </w:r>
+      <w:r w:rsidR="0088608C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EE98033" w14:textId="7D8CB86C" w:rsidR="004972E5" w:rsidRDefault="004972E5" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D686F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yoga. </w:t>
+      </w:r>
+      <w:r w:rsidR="00957625">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thursdays </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE5D47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="00315D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE5D47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Church Hall</w:t>
+      </w:r>
+      <w:r w:rsidR="00315D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00757B8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00734487">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Stacey Grant</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03EE6822" w14:textId="11BC8287" w:rsidR="00734487" w:rsidRDefault="00734487" w:rsidP="00B9590D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="420"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>U3A History</w:t>
-[...53 lines deleted...]
-        <w:t xml:space="preserve"> Thursday of THE month in the Ruth </w:t>
+        <w:t xml:space="preserve">Rhythm time. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00734487">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Friday. Vicky </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00315D8B">
-[...5 lines deleted...]
-        <w:t>Heald</w:t>
+      <w:r w:rsidRPr="00734487">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Taramasco</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00315D8B">
-[...6 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w14:paraId="07E8315D" w14:textId="392F92FE" w:rsidR="00734487" w:rsidRPr="0037065E" w:rsidRDefault="00734487" w:rsidP="00B9590D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="420"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Coffee &amp; Company.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Friday morning. Ann </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Cogle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="341698DE" w14:textId="3141D91C" w:rsidR="008469F4" w:rsidRPr="00734487" w:rsidRDefault="00734487" w:rsidP="00B9590D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="420"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Showtime Academy-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00734487">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Friday. Sally </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00734487">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Brashaw</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="2E9C3F9E" w14:textId="77777777" w:rsidR="004522F2" w:rsidRPr="006D686F" w:rsidRDefault="004522F2" w:rsidP="001A65AE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B41691D" w14:textId="77777777" w:rsidR="008C5239" w:rsidRPr="006D686F" w:rsidRDefault="00DB7023" w:rsidP="001A65AE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="60"/>
         <w:jc w:val="both"/>
@@ -13642,169 +14604,153 @@
       <w:r w:rsidR="008F5C48">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> for location of meeting</w:t>
       </w:r>
       <w:r w:rsidR="00BE5D47" w:rsidRPr="00724CD2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00724CD2" w:rsidRPr="00724CD2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="544243C0" w14:textId="77777777" w:rsidR="00836287" w:rsidRDefault="00836287" w:rsidP="00B9590D">
+    <w:p w14:paraId="544243C0" w14:textId="50431954" w:rsidR="00836287" w:rsidRDefault="00836287" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Open Church:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Every Tuesday 10.00-12.00</w:t>
       </w:r>
       <w:r w:rsidR="00BE5D47">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pat Hackett</w:t>
       </w:r>
-      <w:r w:rsidR="00BE5D47">
-[...8 lines deleted...]
-    <w:p w14:paraId="0D2DF6F8" w14:textId="1F81DB86" w:rsidR="004F0706" w:rsidRPr="001A2772" w:rsidRDefault="004F0706" w:rsidP="00B9590D">
+    </w:p>
+    <w:p w14:paraId="0D2DF6F8" w14:textId="0E438B49" w:rsidR="004F0706" w:rsidRPr="001A2772" w:rsidRDefault="004F0706" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A2772">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Catshill Connect:</w:t>
       </w:r>
       <w:r w:rsidRPr="001A2772">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008F5C48">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">First and third </w:t>
       </w:r>
       <w:r w:rsidRPr="001A2772">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Tuesday of each Month, 2-3.30pm: Nan Adie</w:t>
       </w:r>
-      <w:r w:rsidR="001A2772" w:rsidRPr="001A2772">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="37682FE2" w14:textId="77777777" w:rsidR="00DB7023" w:rsidRDefault="00A00EC6" w:rsidP="001A65AE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -13830,51 +14776,51 @@
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Non church activities</w:t>
       </w:r>
       <w:r w:rsidR="00DB7023">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Christ Church, Catshill</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63AB9590" w14:textId="0F18DCF8" w:rsidR="00A00EC6" w:rsidRDefault="00A00EC6" w:rsidP="00B9590D">
+    <w:p w14:paraId="63AB9590" w14:textId="3F1197DB" w:rsidR="00A00EC6" w:rsidRDefault="00A00EC6" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Pre-school playgroup</w:t>
@@ -13964,58 +14910,50 @@
       </w:r>
       <w:r w:rsidR="00286F9E" w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>-3</w:t>
       </w:r>
       <w:r w:rsidR="00C768DD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.00</w:t>
       </w:r>
       <w:r w:rsidR="00286F9E" w:rsidRPr="006D686F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> in term time</w:t>
       </w:r>
-      <w:r w:rsidR="00BE5D47">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="60DA9D4E" w14:textId="77777777" w:rsidR="00EF7828" w:rsidRDefault="00EF7828" w:rsidP="00576975">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A3A667E" w14:textId="782176A5" w:rsidR="00576975" w:rsidRPr="00B42CB6" w:rsidRDefault="00576975" w:rsidP="00576975">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -14097,210 +15035,377 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Upton Warren</w:t>
       </w:r>
       <w:r w:rsidR="00B42CB6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B42CB6" w:rsidRPr="00402388">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(PSO Vacancy)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79E9CAB2" w14:textId="36FD2044" w:rsidR="00576975" w:rsidRDefault="00576975" w:rsidP="00576975">
+    <w:p w14:paraId="6CC23A1E" w14:textId="52908B79" w:rsidR="009A3492" w:rsidRPr="00930648" w:rsidRDefault="00576975" w:rsidP="00576975">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...15 lines deleted...]
-          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Coffee</w:t>
+      </w:r>
+      <w:r w:rsidR="00887F22" w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mornings</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD292F" w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00576975">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00887F22" w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DD292F" w:rsidRPr="00DD292F">
-[...34 lines deleted...]
-    <w:p w14:paraId="7F216127" w14:textId="388C23D4" w:rsidR="00576975" w:rsidRDefault="00576975" w:rsidP="00576975">
+      <w:r w:rsidR="009A3492" w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Stoke Prior</w:t>
+      </w:r>
+      <w:r w:rsidR="009A3492" w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, t</w:t>
+      </w:r>
+      <w:r w:rsidR="00887F22" w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>hird S</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD292F" w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aturday, monthly, 10-12.30: </w:t>
+      </w:r>
+      <w:r w:rsidR="00887F22" w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Julie Hill, Sue Abel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79E9CAB2" w14:textId="502C705C" w:rsidR="00576975" w:rsidRPr="00930648" w:rsidRDefault="009A3492" w:rsidP="00576975">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
-[...41 lines deleted...]
-      <w:pPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Coffee Mornings: Upton Warren, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Second Saturday 10-12.00. Jo Collings, Christine </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>DuRows</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, Lyn Burton</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F216127" w14:textId="4D90A13C" w:rsidR="00576975" w:rsidRPr="00930648" w:rsidRDefault="00887F22" w:rsidP="00576975">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:szCs w:val="28"/>
-[...5 lines deleted...]
-      <w:pPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bell ringing: Stoke Prior, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Monday 7pm, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Wychbold</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A3492" w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, Thursday 7pm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. Kim McDonald</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD292F" w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20FB753E" w14:textId="70A389A9" w:rsidR="005B626D" w:rsidRPr="00930648" w:rsidRDefault="005B626D" w:rsidP="00576975">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Twenty is plenty!: Stoke Prior, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sunday, refreshments from 10am, service starts 10.30</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="040C1460" w14:textId="77777777" w:rsidR="00CE14F1" w:rsidRDefault="00CE14F1" w:rsidP="00576975">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28A0B9E3" w14:textId="61C631F9" w:rsidR="00EF7828" w:rsidRDefault="00576975" w:rsidP="00EF7828">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Non Church activities: </w:t>
       </w:r>
       <w:r w:rsidR="00EF7828">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">St. Michael and All Angels, </w:t>
       </w:r>
       <w:r w:rsidR="00EF7828" w:rsidRPr="00576975">
         <w:rPr>
@@ -14337,51 +15442,51 @@
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00EF7828">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">St Michael’s, </w:t>
       </w:r>
       <w:r w:rsidR="00EF7828" w:rsidRPr="00576975">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Upton Warren </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="489595D2" w14:textId="0068E9C2" w:rsidR="00B76EDE" w:rsidRDefault="00EF7828" w:rsidP="00EF7828">
+    <w:p w14:paraId="489595D2" w14:textId="1B146902" w:rsidR="00B76EDE" w:rsidRDefault="00EF7828" w:rsidP="00EF7828">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF7828">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Heritage Friends.</w:t>
@@ -14395,101 +15500,119 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DD292F" w:rsidRPr="00EF7828">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Monthly: contact </w:t>
       </w:r>
       <w:r w:rsidR="001A344B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Julie Hill </w:t>
       </w:r>
       <w:r w:rsidR="00DD292F" w:rsidRPr="00EF7828">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>for location of meeting.</w:t>
+        <w:t>for location of meeting</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74EC9346" w14:textId="77777777" w:rsidR="000A228B" w:rsidRDefault="000A228B" w:rsidP="000A228B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D73561D" w14:textId="4DD574B7" w:rsidR="000A228B" w:rsidRDefault="000A228B" w:rsidP="000A228B">
+    <w:p w14:paraId="2D73561D" w14:textId="7F94F45A" w:rsidR="000A228B" w:rsidRDefault="000A228B" w:rsidP="000A228B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Church activities: Holy Trinity and St. Mary, Dodford</w:t>
+        <w:t>Church activities: Holy Trinity and St. Mary</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4F97">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, Dodford</w:t>
       </w:r>
       <w:r w:rsidR="00B42CB6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (PSO Susan Goode)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74F6BED5" w14:textId="54C0840C" w:rsidR="000A228B" w:rsidRPr="000A228B" w:rsidRDefault="000A228B" w:rsidP="000A228B">
+    <w:p w14:paraId="74F6BED5" w14:textId="790D3469" w:rsidR="000A228B" w:rsidRPr="000A228B" w:rsidRDefault="000A228B" w:rsidP="000A228B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A228B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Easter</w:t>
@@ -14556,54 +15679,54 @@
         <w:t>Contact</w:t>
       </w:r>
       <w:r w:rsidR="004E50A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000A228B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Dorothy Woodhouse</w:t>
       </w:r>
       <w:r w:rsidR="004E50A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for times. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4308FD47" w14:textId="0DA02BE4" w:rsidR="000A228B" w:rsidRPr="004E50A3" w:rsidRDefault="000A228B" w:rsidP="000A228B">
+        <w:t xml:space="preserve"> for times </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4308FD47" w14:textId="0AA09350" w:rsidR="000A228B" w:rsidRPr="00731B62" w:rsidRDefault="000A228B" w:rsidP="000A228B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E50A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -14627,110 +15750,175 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E50A3" w:rsidRPr="004E50A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Contact</w:t>
       </w:r>
       <w:r w:rsidR="004E50A3" w:rsidRPr="004E50A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E50A3" w:rsidRPr="004E50A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Dorothy Woodhouse for times</w:t>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t xml:space="preserve">Dorothy Woodhouse for times </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C2A2AAD" w14:textId="5ADAE873" w:rsidR="00731B62" w:rsidRPr="00930648" w:rsidRDefault="00657C4E" w:rsidP="000A228B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Fairbournedodders</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00731B62" w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Drama Group: </w:t>
+      </w:r>
+      <w:r w:rsidR="00731B62" w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Church</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Thursday evenings in October and November; </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4F97" w:rsidRPr="00930648">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>James Cartwright</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25858DC4" w14:textId="77777777" w:rsidR="00B61507" w:rsidRDefault="00C529AF" w:rsidP="001A65AE">
       <w:pPr>
         <w:ind w:left="60"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="0B0C0C"/>
           <w:sz w:val="29"/>
           <w:szCs w:val="29"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="0B0C0C"/>
           <w:sz w:val="29"/>
           <w:szCs w:val="29"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="36083E09" wp14:editId="7540BEBA">
             <wp:extent cx="5830570" cy="8455660"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId30" cstate="print">
+                    <a:blip r:embed="rId29" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5830570" cy="8455660"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -14873,408 +16061,409 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1260"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="0B0C0C"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A65AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="0B0C0C"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">As an organisation assessing applicants’ suitability for positions which are included in the Rehabilitation of Offenders Act 1974 (Exceptions) Order using criminal record checks processed through the Disclosure and Barring Service (DBS), The Parish of Bromsgrove complies fully with the </w:t>
       </w:r>
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidRPr="001A65AE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="24"/>
+          </w:rPr>
+          <w:t>Code of Practice</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="001A65AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="0B0C0C"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and undertakes to treat all applicants for positions fairly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="207FCFC0" w14:textId="77777777" w:rsidR="00344836" w:rsidRPr="001A65AE" w:rsidRDefault="00344836" w:rsidP="00B9590D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="1260"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="0B0C0C"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A65AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="0B0C0C"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>The Parish of Bromsgrove undertakes not to discriminate unfairly against any subject of a criminal record check on the basis of a conviction or other information revealed</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6251C121" w14:textId="77777777" w:rsidR="00344836" w:rsidRPr="001A65AE" w:rsidRDefault="00344836" w:rsidP="00B9590D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="1320"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="0B0C0C"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A65AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="0B0C0C"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>The Parish of Bromsgrove can only ask an individual to provide details of convictions and cautions that the Parish are legally entitled to know about. Where a DBS certificate at either standard or enhanced level can legally be requested (where the position is one that is included in the Rehabilitation of Offenders Act 1974 (Exceptions) Order 1975 as amended, and where appropriate Police Act Regulations as amended)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="756AFAA8" w14:textId="77777777" w:rsidR="00344836" w:rsidRPr="001A65AE" w:rsidRDefault="00344836" w:rsidP="00B9590D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="1260"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="0B0C0C"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A65AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="0B0C0C"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>The Parish of Bromsgrove can only ask an individual about convictions and cautions that are not protected</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="241EFFE9" w14:textId="77777777" w:rsidR="00344836" w:rsidRPr="001A65AE" w:rsidRDefault="00344836" w:rsidP="00B9590D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="1260"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="0B0C0C"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A65AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="0B0C0C"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>The Parish of Bromsgrove is committed to the fair treatment of its staff, potential staff or users of its services, regardless of race, gender, religion, sexual orientation, responsibilities for dependants, age, physical/mental disability or offending background</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="544C514E" w14:textId="77777777" w:rsidR="00344836" w:rsidRPr="001A65AE" w:rsidRDefault="00344836" w:rsidP="00B9590D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="1200"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="0B0C0C"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A65AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="0B0C0C"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>The Parish of Bromsgrove has a written policy on the recruitment of ex-offenders, which is made available to all DBS applicants at the start of the recruitment process</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ED7F801" w14:textId="77777777" w:rsidR="00344836" w:rsidRPr="001A65AE" w:rsidRDefault="00344836" w:rsidP="00B9590D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="1200"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="0B0C0C"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A65AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="0B0C0C"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>The Parish of Bromsgrove actively promotes equality of opportunity for all with the right mix of talent, skills and potential and welcome applications from a wide range of candidates, including those with criminal records</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E51E99A" w14:textId="77777777" w:rsidR="00344836" w:rsidRPr="001A65AE" w:rsidRDefault="00344836" w:rsidP="00B9590D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="1200"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="0B0C0C"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A65AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="0B0C0C"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>The Parish of Bromsgrove select all candidates for interview based on their skills, qualifications and experience</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="777B6500" w14:textId="77777777" w:rsidR="00344836" w:rsidRPr="001A65AE" w:rsidRDefault="00344836" w:rsidP="00B9590D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="1140"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="0B0C0C"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A65AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="0B0C0C"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>An application for a criminal record check is only submitted to DBS after a thorough risk assessment has indicated that one is both proportionate and relevant to the position concerned. For those positions where a criminal record check is identified as necessary, all application forms, job adverts and recruitment briefs will contain a statement that an application for a DBS certificate will be submitted in the event of the individual being offered the position</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53DEA9B5" w14:textId="77777777" w:rsidR="00344836" w:rsidRPr="001A65AE" w:rsidRDefault="00344836" w:rsidP="00B9590D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="0B0C0C"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A65AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="0B0C0C"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>The Parish of Bromsgrove ensures that all those in the Parish who are involved in the recruitment process have been suitably trained to identify and assess the relevance and circumstances of offences</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20217692" w14:textId="77777777" w:rsidR="00344836" w:rsidRPr="001A65AE" w:rsidRDefault="00344836" w:rsidP="00B9590D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="1020"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="0B0C0C"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A65AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="0B0C0C"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>The Parish of Bromsgrove also ensures that they have received appropriate guidance and training in the relevant legislation relating to the employment of ex-offenders, e.g. the Rehabilitation of Offenders Act 1974</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ECE9582" w14:textId="77777777" w:rsidR="00344836" w:rsidRPr="001A65AE" w:rsidRDefault="00344836" w:rsidP="00B9590D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="960"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="0B0C0C"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A65AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="0B0C0C"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>At interview, or in a separate discussion, the Parish of Bromsgrove ensures that an open and measured discussion takes place on the subject of any offences or other matter that might be relevant to the position. Failure to reveal information that is directly relevant to the position sought could lead to withdrawal of an offer of employment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="164A673C" w14:textId="77777777" w:rsidR="00344836" w:rsidRPr="001A65AE" w:rsidRDefault="00344836" w:rsidP="00B9590D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="900"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="0B0C0C"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A65AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="0B0C0C"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Parish of Bromsgrove makes every subject of a criminal record check submitted to DBS aware of the existence of the  </w:t>
+      </w:r>
       <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidRPr="001A65AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:t>Code of Practice</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001A65AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="0B0C0C"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and undertakes to treat all applicants for positions fairly</w:t>
-[...340 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> and makes a copy available on request</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F671574" w14:textId="77777777" w:rsidR="00344836" w:rsidRPr="001A65AE" w:rsidRDefault="00344836" w:rsidP="00B9590D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="840"/>
         </w:tabs>
         <w:spacing w:after="200"/>
         <w:ind w:left="360"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="0B0C0C"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A65AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -15288,72 +16477,72 @@
       <w:pPr>
         <w:ind w:left="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00DBC9CA" w14:textId="77777777" w:rsidR="00344836" w:rsidRPr="001A65AE" w:rsidRDefault="00344836" w:rsidP="001A65AE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00344836" w:rsidRPr="001A65AE">
-      <w:headerReference w:type="default" r:id="rId33"/>
-      <w:footerReference w:type="default" r:id="rId34"/>
+      <w:headerReference w:type="default" r:id="rId32"/>
+      <w:footerReference w:type="default" r:id="rId33"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="03C9FEF0" w14:textId="77777777" w:rsidR="00544DB0" w:rsidRDefault="00544DB0" w:rsidP="00C3089E">
+    <w:p w14:paraId="2C627191" w14:textId="77777777" w:rsidR="00137CBD" w:rsidRDefault="00137CBD" w:rsidP="00C3089E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="519BB684" w14:textId="77777777" w:rsidR="00544DB0" w:rsidRDefault="00544DB0" w:rsidP="00C3089E">
+    <w:p w14:paraId="6BD673DA" w14:textId="77777777" w:rsidR="00137CBD" w:rsidRDefault="00137CBD" w:rsidP="00C3089E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -15376,227 +16565,244 @@
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w14:paraId="0CA060F9" w14:textId="0BCE1D10" w:rsidR="00816984" w:rsidRPr="006C03DD" w:rsidRDefault="00816984">
+  <w:p w14:paraId="0CA060F9" w14:textId="7C1E768D" w:rsidR="00816984" w:rsidRPr="00405B5E" w:rsidRDefault="00816984">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
+        <w:color w:val="FF0000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CE14F1">
       <w:rPr>
         <w:color w:val="auto"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Parish of Bromsgrove</w:t>
     </w:r>
     <w:r w:rsidR="00F56484" w:rsidRPr="00CE14F1">
       <w:rPr>
         <w:color w:val="auto"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>:</w:t>
     </w:r>
     <w:r w:rsidRPr="00CE14F1">
       <w:rPr>
         <w:color w:val="auto"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> Safeguarding children and vulnerable adults policy. 202</w:t>
+      <w:t xml:space="preserve"> Safeguarding children and vulnerable adults policy. </w:t>
     </w:r>
-    <w:r w:rsidR="00BB2756">
+    <w:r w:rsidRPr="00AF4F97">
       <w:rPr>
         <w:color w:val="auto"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="004F0706" w:rsidRPr="00CE14F1">
+    <w:r w:rsidR="00E479BB" w:rsidRPr="00AF4F97">
+      <w:rPr>
+        <w:color w:val="auto"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>5</w:t>
+    </w:r>
+    <w:r w:rsidR="004F0706" w:rsidRPr="00AF4F97">
       <w:rPr>
         <w:color w:val="auto"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>-</w:t>
     </w:r>
-    <w:r w:rsidRPr="00CE14F1">
+    <w:r w:rsidRPr="00AF4F97">
       <w:rPr>
         <w:color w:val="auto"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="00BB2756">
+    <w:r w:rsidR="00E479BB" w:rsidRPr="00AF4F97">
       <w:rPr>
         <w:color w:val="auto"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
-    <w:r w:rsidRPr="00CE14F1">
+    <w:r w:rsidRPr="00AF4F97">
       <w:rPr>
         <w:color w:val="auto"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">. Version </w:t>
     </w:r>
-    <w:r w:rsidR="00BB2756">
+    <w:r w:rsidR="00BB2756" w:rsidRPr="00AF4F97">
       <w:rPr>
         <w:color w:val="auto"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>10</w:t>
+      <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidRPr="00CE14F1">
+    <w:r w:rsidR="00405B5E" w:rsidRPr="00AF4F97">
+      <w:rPr>
+        <w:color w:val="auto"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00AF4F97">
       <w:rPr>
         <w:color w:val="auto"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7FB4EE6B" w14:textId="77777777" w:rsidR="00C3089E" w:rsidRPr="006C03DD" w:rsidRDefault="00C3089E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2A6E27B0" w14:textId="77777777" w:rsidR="00544DB0" w:rsidRDefault="00544DB0" w:rsidP="00C3089E">
+    <w:p w14:paraId="2DC2267E" w14:textId="77777777" w:rsidR="00137CBD" w:rsidRDefault="00137CBD" w:rsidP="00C3089E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0758D5C5" w14:textId="77777777" w:rsidR="00544DB0" w:rsidRDefault="00544DB0" w:rsidP="00C3089E">
+    <w:p w14:paraId="454207DE" w14:textId="77777777" w:rsidR="00137CBD" w:rsidRDefault="00137CBD" w:rsidP="00C3089E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="64ECC494" w14:textId="77777777" w:rsidR="006C03DD" w:rsidRPr="006C03DD" w:rsidRDefault="006C03DD">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="006C03DD">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve">~ </w:t>
     </w:r>
     <w:r w:rsidRPr="006C03DD">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE    \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="006C03DD">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00B61637" w:rsidRPr="00B61637">
+    <w:r w:rsidR="003050CE" w:rsidRPr="003050CE">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:noProof/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="006C03DD">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:noProof/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="006C03DD">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve"> ~</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6A3E47AA" w14:textId="77777777" w:rsidR="006C03DD" w:rsidRDefault="006C03DD">
     <w:pPr>
@@ -16818,61 +18024,62 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4422" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5208" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="577E4DA3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="2E78381E"/>
-    <w:lvl w:ilvl="0" w:tplc="A2AAF658">
+    <w:tmpl w:val="D5D4E738"/>
+    <w:lvl w:ilvl="0" w:tplc="F4A64B6A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:b/>
         <w:sz w:val="23"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1140" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1860" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
@@ -17350,65 +18557,65 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
     <w:nsid w:val="6BCB0FFA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B5D418F4"/>
-    <w:lvl w:ilvl="0" w:tplc="A378AE72">
+    <w:tmpl w:val="69F43296"/>
+    <w:lvl w:ilvl="0" w:tplc="366E90FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="502"/>
         </w:tabs>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:b w:val="0"/>
+        <w:b/>
         <w:strike w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1620"/>
         </w:tabs>
         <w:ind w:left="1620" w:hanging="180"/>
@@ -17558,61 +18765,62 @@
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
     <w:nsid w:val="7B0E1791"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A5A07134"/>
-    <w:lvl w:ilvl="0" w:tplc="0809000F">
+    <w:tmpl w:val="18445FBE"/>
+    <w:lvl w:ilvl="0" w:tplc="5A54CA34">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -17710,498 +18918,558 @@
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="14"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="117"/>
+  <w:zoom w:percent="140"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AF4CB0"/>
     <w:rsid w:val="00001BAD"/>
     <w:rsid w:val="000042CC"/>
     <w:rsid w:val="00004C71"/>
     <w:rsid w:val="00006CF8"/>
     <w:rsid w:val="00010CFD"/>
     <w:rsid w:val="00011846"/>
     <w:rsid w:val="00015ABD"/>
     <w:rsid w:val="0001666D"/>
     <w:rsid w:val="00017B4D"/>
     <w:rsid w:val="00021C2B"/>
     <w:rsid w:val="00032B74"/>
     <w:rsid w:val="00033CF8"/>
     <w:rsid w:val="00034CBF"/>
     <w:rsid w:val="00035B89"/>
+    <w:rsid w:val="00042524"/>
     <w:rsid w:val="00047D2C"/>
     <w:rsid w:val="00053B3C"/>
     <w:rsid w:val="00053CF5"/>
     <w:rsid w:val="00062BF7"/>
     <w:rsid w:val="0006474D"/>
     <w:rsid w:val="00077EFA"/>
     <w:rsid w:val="00080A2B"/>
     <w:rsid w:val="00080E22"/>
     <w:rsid w:val="00081752"/>
     <w:rsid w:val="0008496F"/>
+    <w:rsid w:val="00092CD8"/>
     <w:rsid w:val="0009770E"/>
     <w:rsid w:val="000A0702"/>
     <w:rsid w:val="000A1B4E"/>
     <w:rsid w:val="000A228B"/>
     <w:rsid w:val="000A2998"/>
     <w:rsid w:val="000B12E5"/>
     <w:rsid w:val="000C0C12"/>
     <w:rsid w:val="000C5679"/>
     <w:rsid w:val="000C79CC"/>
     <w:rsid w:val="000D0A65"/>
     <w:rsid w:val="000E1301"/>
     <w:rsid w:val="000E169F"/>
     <w:rsid w:val="000E2848"/>
     <w:rsid w:val="000E2D13"/>
     <w:rsid w:val="000E373A"/>
     <w:rsid w:val="000F4BC7"/>
     <w:rsid w:val="00101711"/>
     <w:rsid w:val="001040F3"/>
     <w:rsid w:val="0010433E"/>
     <w:rsid w:val="001115B6"/>
     <w:rsid w:val="00113FA9"/>
     <w:rsid w:val="00114DBD"/>
     <w:rsid w:val="0012702D"/>
     <w:rsid w:val="00134913"/>
+    <w:rsid w:val="00137CBD"/>
     <w:rsid w:val="0016647A"/>
     <w:rsid w:val="00173926"/>
     <w:rsid w:val="00174407"/>
     <w:rsid w:val="00174E4A"/>
     <w:rsid w:val="00180981"/>
     <w:rsid w:val="00184E4E"/>
     <w:rsid w:val="00186A61"/>
     <w:rsid w:val="001946CB"/>
     <w:rsid w:val="001A2772"/>
     <w:rsid w:val="001A344B"/>
     <w:rsid w:val="001A65AE"/>
     <w:rsid w:val="001A74B9"/>
+    <w:rsid w:val="001A7888"/>
     <w:rsid w:val="001C36E8"/>
     <w:rsid w:val="001F3145"/>
     <w:rsid w:val="0020316A"/>
     <w:rsid w:val="00203EB1"/>
     <w:rsid w:val="00204573"/>
     <w:rsid w:val="002063B0"/>
     <w:rsid w:val="00214621"/>
     <w:rsid w:val="00216ED9"/>
     <w:rsid w:val="002252BD"/>
     <w:rsid w:val="0023661D"/>
     <w:rsid w:val="0024052A"/>
     <w:rsid w:val="002457B1"/>
     <w:rsid w:val="002566DF"/>
     <w:rsid w:val="00256C0F"/>
     <w:rsid w:val="00265D81"/>
     <w:rsid w:val="00274EE3"/>
     <w:rsid w:val="00283DBD"/>
+    <w:rsid w:val="00284DB8"/>
     <w:rsid w:val="00286F9E"/>
     <w:rsid w:val="00290B9B"/>
     <w:rsid w:val="002A6716"/>
+    <w:rsid w:val="002A78AD"/>
     <w:rsid w:val="002B0096"/>
     <w:rsid w:val="002B1646"/>
     <w:rsid w:val="002D11A4"/>
     <w:rsid w:val="002D27E6"/>
     <w:rsid w:val="002E1CEA"/>
     <w:rsid w:val="002E3564"/>
     <w:rsid w:val="002E73D9"/>
     <w:rsid w:val="002F1E4B"/>
     <w:rsid w:val="002F41FA"/>
+    <w:rsid w:val="003050CE"/>
     <w:rsid w:val="00310A88"/>
     <w:rsid w:val="00314371"/>
     <w:rsid w:val="00315D8B"/>
     <w:rsid w:val="00324619"/>
     <w:rsid w:val="00325A8D"/>
     <w:rsid w:val="00331573"/>
     <w:rsid w:val="00333A75"/>
     <w:rsid w:val="0034070A"/>
     <w:rsid w:val="00344836"/>
     <w:rsid w:val="00345768"/>
     <w:rsid w:val="00351F2D"/>
     <w:rsid w:val="00356D42"/>
+    <w:rsid w:val="00357B73"/>
     <w:rsid w:val="0037065E"/>
     <w:rsid w:val="0037790D"/>
     <w:rsid w:val="003866D6"/>
     <w:rsid w:val="00387306"/>
     <w:rsid w:val="00391B9C"/>
+    <w:rsid w:val="00392126"/>
     <w:rsid w:val="003B3203"/>
     <w:rsid w:val="003B59A1"/>
+    <w:rsid w:val="003C2A79"/>
     <w:rsid w:val="003C372B"/>
     <w:rsid w:val="003D4118"/>
+    <w:rsid w:val="003E0AB6"/>
     <w:rsid w:val="003E6D07"/>
     <w:rsid w:val="003E7CB2"/>
     <w:rsid w:val="003F12E3"/>
     <w:rsid w:val="003F63A3"/>
     <w:rsid w:val="00401797"/>
     <w:rsid w:val="00402388"/>
     <w:rsid w:val="00402C65"/>
     <w:rsid w:val="0040377A"/>
+    <w:rsid w:val="00405B5E"/>
     <w:rsid w:val="00414CFB"/>
     <w:rsid w:val="00416A68"/>
     <w:rsid w:val="00423572"/>
     <w:rsid w:val="00430464"/>
     <w:rsid w:val="00430F54"/>
     <w:rsid w:val="00435906"/>
     <w:rsid w:val="00441F18"/>
     <w:rsid w:val="00444193"/>
     <w:rsid w:val="00447E01"/>
     <w:rsid w:val="00451C3D"/>
     <w:rsid w:val="004522F2"/>
+    <w:rsid w:val="0045253E"/>
     <w:rsid w:val="00456C3B"/>
     <w:rsid w:val="00457E0F"/>
     <w:rsid w:val="004617DE"/>
     <w:rsid w:val="004625B1"/>
     <w:rsid w:val="004677F6"/>
     <w:rsid w:val="00477CC3"/>
     <w:rsid w:val="00482FA2"/>
     <w:rsid w:val="00492873"/>
+    <w:rsid w:val="00496CAE"/>
     <w:rsid w:val="004972E5"/>
     <w:rsid w:val="004B3F03"/>
     <w:rsid w:val="004B41DD"/>
     <w:rsid w:val="004B6E1F"/>
     <w:rsid w:val="004C0B55"/>
     <w:rsid w:val="004D591F"/>
     <w:rsid w:val="004E4831"/>
     <w:rsid w:val="004E50A3"/>
     <w:rsid w:val="004F0706"/>
     <w:rsid w:val="004F4B44"/>
     <w:rsid w:val="004F5EE7"/>
     <w:rsid w:val="00513B0E"/>
     <w:rsid w:val="0052570C"/>
     <w:rsid w:val="0053218B"/>
-    <w:rsid w:val="00544DB0"/>
     <w:rsid w:val="00545719"/>
+    <w:rsid w:val="00546569"/>
     <w:rsid w:val="00547FA1"/>
     <w:rsid w:val="005555C1"/>
     <w:rsid w:val="00556AC2"/>
     <w:rsid w:val="0056063C"/>
     <w:rsid w:val="005634FF"/>
     <w:rsid w:val="005667A1"/>
     <w:rsid w:val="00570FBE"/>
     <w:rsid w:val="00576975"/>
+    <w:rsid w:val="00583364"/>
+    <w:rsid w:val="00583B4D"/>
     <w:rsid w:val="00592D39"/>
     <w:rsid w:val="005956D2"/>
     <w:rsid w:val="005A288E"/>
     <w:rsid w:val="005B3059"/>
+    <w:rsid w:val="005B626D"/>
     <w:rsid w:val="005B6E12"/>
     <w:rsid w:val="005C5C58"/>
     <w:rsid w:val="005D2D49"/>
     <w:rsid w:val="005D43C6"/>
     <w:rsid w:val="005E06F2"/>
     <w:rsid w:val="006149FB"/>
     <w:rsid w:val="0062151C"/>
     <w:rsid w:val="00633C2A"/>
     <w:rsid w:val="00647735"/>
     <w:rsid w:val="0065607A"/>
+    <w:rsid w:val="00657C4E"/>
     <w:rsid w:val="00670FCF"/>
+    <w:rsid w:val="00674C63"/>
+    <w:rsid w:val="00675072"/>
     <w:rsid w:val="0067719F"/>
     <w:rsid w:val="006810FE"/>
     <w:rsid w:val="00681A62"/>
     <w:rsid w:val="006829FA"/>
     <w:rsid w:val="0068413C"/>
     <w:rsid w:val="006862DF"/>
     <w:rsid w:val="00690CC2"/>
     <w:rsid w:val="00691520"/>
     <w:rsid w:val="0069325D"/>
     <w:rsid w:val="00697FB6"/>
     <w:rsid w:val="006A29B6"/>
     <w:rsid w:val="006C03DD"/>
     <w:rsid w:val="006C6986"/>
     <w:rsid w:val="006C7828"/>
     <w:rsid w:val="006D3A39"/>
     <w:rsid w:val="006D686F"/>
     <w:rsid w:val="006F5313"/>
     <w:rsid w:val="006F78BB"/>
     <w:rsid w:val="007017E2"/>
     <w:rsid w:val="00703DAB"/>
     <w:rsid w:val="00705386"/>
     <w:rsid w:val="00706EA0"/>
     <w:rsid w:val="00710C0D"/>
     <w:rsid w:val="00724CD2"/>
     <w:rsid w:val="007308BA"/>
+    <w:rsid w:val="00731B62"/>
+    <w:rsid w:val="00734487"/>
     <w:rsid w:val="00737197"/>
+    <w:rsid w:val="00737BD0"/>
     <w:rsid w:val="00740542"/>
     <w:rsid w:val="00746805"/>
     <w:rsid w:val="007469D5"/>
     <w:rsid w:val="007474AE"/>
     <w:rsid w:val="007516C5"/>
     <w:rsid w:val="00753CB8"/>
     <w:rsid w:val="007578A6"/>
+    <w:rsid w:val="00757B8E"/>
     <w:rsid w:val="007677DE"/>
+    <w:rsid w:val="007800EA"/>
     <w:rsid w:val="00784630"/>
     <w:rsid w:val="00793563"/>
+    <w:rsid w:val="007A2AAA"/>
     <w:rsid w:val="007B20E9"/>
     <w:rsid w:val="007B3B6E"/>
     <w:rsid w:val="007C68D0"/>
+    <w:rsid w:val="007D13FC"/>
+    <w:rsid w:val="007E65BC"/>
+    <w:rsid w:val="007F3A1A"/>
     <w:rsid w:val="00801F73"/>
     <w:rsid w:val="00802A00"/>
     <w:rsid w:val="008108FE"/>
+    <w:rsid w:val="00813B30"/>
     <w:rsid w:val="00814804"/>
     <w:rsid w:val="00816984"/>
     <w:rsid w:val="00821026"/>
     <w:rsid w:val="0082422C"/>
     <w:rsid w:val="00833CE8"/>
     <w:rsid w:val="008357A4"/>
     <w:rsid w:val="00836174"/>
     <w:rsid w:val="00836287"/>
     <w:rsid w:val="0084304E"/>
     <w:rsid w:val="00846624"/>
     <w:rsid w:val="008469F4"/>
+    <w:rsid w:val="00852371"/>
     <w:rsid w:val="00861226"/>
     <w:rsid w:val="008625F5"/>
     <w:rsid w:val="00863816"/>
     <w:rsid w:val="008661FD"/>
     <w:rsid w:val="008715BA"/>
     <w:rsid w:val="00874A5A"/>
     <w:rsid w:val="0088136B"/>
     <w:rsid w:val="00884795"/>
     <w:rsid w:val="0088608C"/>
+    <w:rsid w:val="00887F22"/>
     <w:rsid w:val="008936E6"/>
     <w:rsid w:val="008A067C"/>
     <w:rsid w:val="008A534B"/>
     <w:rsid w:val="008B7252"/>
     <w:rsid w:val="008C0F2B"/>
     <w:rsid w:val="008C5239"/>
+    <w:rsid w:val="008C7D1A"/>
     <w:rsid w:val="008D3B91"/>
+    <w:rsid w:val="008D6F64"/>
     <w:rsid w:val="008D730B"/>
+    <w:rsid w:val="008E160B"/>
     <w:rsid w:val="008F5C48"/>
     <w:rsid w:val="009012A4"/>
     <w:rsid w:val="009016C9"/>
     <w:rsid w:val="00910F4D"/>
     <w:rsid w:val="00921F09"/>
     <w:rsid w:val="009228EE"/>
     <w:rsid w:val="00927D1D"/>
+    <w:rsid w:val="00930648"/>
     <w:rsid w:val="009365FF"/>
     <w:rsid w:val="00941B77"/>
     <w:rsid w:val="009424FA"/>
     <w:rsid w:val="00954B50"/>
     <w:rsid w:val="00955DD7"/>
     <w:rsid w:val="00957625"/>
     <w:rsid w:val="00966714"/>
     <w:rsid w:val="009678A2"/>
+    <w:rsid w:val="00974205"/>
     <w:rsid w:val="009770E0"/>
     <w:rsid w:val="009805B4"/>
+    <w:rsid w:val="00985ED4"/>
     <w:rsid w:val="009925F2"/>
     <w:rsid w:val="00993105"/>
     <w:rsid w:val="00993D3A"/>
     <w:rsid w:val="00994B46"/>
     <w:rsid w:val="0099625D"/>
     <w:rsid w:val="00997843"/>
     <w:rsid w:val="009A2EB9"/>
     <w:rsid w:val="009A2FCA"/>
+    <w:rsid w:val="009A3492"/>
     <w:rsid w:val="009B02CD"/>
     <w:rsid w:val="009B257A"/>
     <w:rsid w:val="009B31C9"/>
     <w:rsid w:val="009C1D94"/>
     <w:rsid w:val="009E3F77"/>
     <w:rsid w:val="009E7389"/>
     <w:rsid w:val="009F5404"/>
     <w:rsid w:val="009F541F"/>
     <w:rsid w:val="009F5897"/>
     <w:rsid w:val="009F7964"/>
     <w:rsid w:val="00A00EC6"/>
     <w:rsid w:val="00A0617B"/>
     <w:rsid w:val="00A1572A"/>
     <w:rsid w:val="00A26424"/>
     <w:rsid w:val="00A27D77"/>
     <w:rsid w:val="00A31DF6"/>
     <w:rsid w:val="00A36356"/>
     <w:rsid w:val="00A3753D"/>
     <w:rsid w:val="00A44683"/>
+    <w:rsid w:val="00A51350"/>
     <w:rsid w:val="00A56D4D"/>
     <w:rsid w:val="00A56F13"/>
     <w:rsid w:val="00A72E8A"/>
     <w:rsid w:val="00A7771D"/>
     <w:rsid w:val="00A820D2"/>
+    <w:rsid w:val="00A82DB4"/>
     <w:rsid w:val="00A85974"/>
     <w:rsid w:val="00A8751C"/>
     <w:rsid w:val="00A9292D"/>
     <w:rsid w:val="00AA0DEE"/>
     <w:rsid w:val="00AB66B5"/>
+    <w:rsid w:val="00AD326E"/>
     <w:rsid w:val="00AD420F"/>
     <w:rsid w:val="00AD669B"/>
+    <w:rsid w:val="00AE18CC"/>
     <w:rsid w:val="00AE5DEB"/>
     <w:rsid w:val="00AF4CB0"/>
+    <w:rsid w:val="00AF4F97"/>
+    <w:rsid w:val="00AF6773"/>
     <w:rsid w:val="00B05B37"/>
     <w:rsid w:val="00B12D25"/>
     <w:rsid w:val="00B12E9C"/>
     <w:rsid w:val="00B13E76"/>
     <w:rsid w:val="00B17EB2"/>
     <w:rsid w:val="00B24AAF"/>
     <w:rsid w:val="00B30EBF"/>
     <w:rsid w:val="00B3332A"/>
     <w:rsid w:val="00B41FE0"/>
     <w:rsid w:val="00B42CB6"/>
     <w:rsid w:val="00B43397"/>
     <w:rsid w:val="00B509A4"/>
     <w:rsid w:val="00B53901"/>
     <w:rsid w:val="00B60213"/>
     <w:rsid w:val="00B61507"/>
-    <w:rsid w:val="00B61637"/>
+    <w:rsid w:val="00B67BC7"/>
+    <w:rsid w:val="00B707C9"/>
     <w:rsid w:val="00B76EDE"/>
     <w:rsid w:val="00B810C6"/>
     <w:rsid w:val="00B8610C"/>
     <w:rsid w:val="00B9010C"/>
     <w:rsid w:val="00B93350"/>
     <w:rsid w:val="00B9590D"/>
     <w:rsid w:val="00B95DDB"/>
     <w:rsid w:val="00BA29D8"/>
     <w:rsid w:val="00BB08BF"/>
     <w:rsid w:val="00BB2756"/>
+    <w:rsid w:val="00BC63B8"/>
+    <w:rsid w:val="00BD1158"/>
     <w:rsid w:val="00BD2293"/>
     <w:rsid w:val="00BD6394"/>
     <w:rsid w:val="00BD79EE"/>
     <w:rsid w:val="00BE09E0"/>
     <w:rsid w:val="00BE1739"/>
     <w:rsid w:val="00BE5D47"/>
     <w:rsid w:val="00BF1B0C"/>
     <w:rsid w:val="00BF36EF"/>
     <w:rsid w:val="00C00D01"/>
     <w:rsid w:val="00C06722"/>
+    <w:rsid w:val="00C109D9"/>
     <w:rsid w:val="00C16560"/>
     <w:rsid w:val="00C210AA"/>
     <w:rsid w:val="00C3089E"/>
     <w:rsid w:val="00C42EBA"/>
     <w:rsid w:val="00C529AF"/>
     <w:rsid w:val="00C7199D"/>
     <w:rsid w:val="00C768DD"/>
     <w:rsid w:val="00C82424"/>
     <w:rsid w:val="00C87905"/>
     <w:rsid w:val="00CA478A"/>
     <w:rsid w:val="00CB3559"/>
+    <w:rsid w:val="00CB7B9C"/>
+    <w:rsid w:val="00CD5F10"/>
     <w:rsid w:val="00CE14F1"/>
     <w:rsid w:val="00CF6F59"/>
     <w:rsid w:val="00D00065"/>
+    <w:rsid w:val="00D02F0D"/>
+    <w:rsid w:val="00D075F8"/>
     <w:rsid w:val="00D11ABB"/>
     <w:rsid w:val="00D31693"/>
     <w:rsid w:val="00D4110F"/>
     <w:rsid w:val="00D45317"/>
     <w:rsid w:val="00D52792"/>
     <w:rsid w:val="00D55161"/>
     <w:rsid w:val="00D60713"/>
     <w:rsid w:val="00D613BE"/>
     <w:rsid w:val="00D747B8"/>
     <w:rsid w:val="00D77A81"/>
     <w:rsid w:val="00D94993"/>
     <w:rsid w:val="00DA2ACF"/>
     <w:rsid w:val="00DA7078"/>
     <w:rsid w:val="00DB1760"/>
     <w:rsid w:val="00DB2FB4"/>
     <w:rsid w:val="00DB47B2"/>
     <w:rsid w:val="00DB7023"/>
     <w:rsid w:val="00DB7E72"/>
     <w:rsid w:val="00DC0966"/>
     <w:rsid w:val="00DC3352"/>
     <w:rsid w:val="00DD292F"/>
+    <w:rsid w:val="00DE33E7"/>
     <w:rsid w:val="00DE4E2D"/>
     <w:rsid w:val="00DF2210"/>
     <w:rsid w:val="00DF38EC"/>
     <w:rsid w:val="00DF5865"/>
     <w:rsid w:val="00E02F74"/>
     <w:rsid w:val="00E129C7"/>
     <w:rsid w:val="00E16EE6"/>
     <w:rsid w:val="00E35496"/>
     <w:rsid w:val="00E3690C"/>
     <w:rsid w:val="00E41ED7"/>
     <w:rsid w:val="00E43678"/>
     <w:rsid w:val="00E43D2F"/>
+    <w:rsid w:val="00E479BB"/>
     <w:rsid w:val="00E502FE"/>
     <w:rsid w:val="00E5785C"/>
     <w:rsid w:val="00E579D9"/>
     <w:rsid w:val="00E57C90"/>
     <w:rsid w:val="00E60C70"/>
     <w:rsid w:val="00E96330"/>
     <w:rsid w:val="00EA46FE"/>
     <w:rsid w:val="00EB6E97"/>
     <w:rsid w:val="00EC22D5"/>
     <w:rsid w:val="00EE6EC5"/>
     <w:rsid w:val="00EF306A"/>
     <w:rsid w:val="00EF7828"/>
     <w:rsid w:val="00F0120B"/>
     <w:rsid w:val="00F0236B"/>
     <w:rsid w:val="00F10431"/>
+    <w:rsid w:val="00F2129A"/>
     <w:rsid w:val="00F21639"/>
     <w:rsid w:val="00F26F05"/>
     <w:rsid w:val="00F3030D"/>
     <w:rsid w:val="00F3193C"/>
+    <w:rsid w:val="00F31A7D"/>
     <w:rsid w:val="00F5378C"/>
     <w:rsid w:val="00F56484"/>
     <w:rsid w:val="00F62430"/>
     <w:rsid w:val="00F62F4A"/>
     <w:rsid w:val="00F7002D"/>
     <w:rsid w:val="00F7020F"/>
+    <w:rsid w:val="00F71E2B"/>
     <w:rsid w:val="00F74808"/>
     <w:rsid w:val="00F8737B"/>
     <w:rsid w:val="00F961F9"/>
     <w:rsid w:val="00FA0BD1"/>
     <w:rsid w:val="00FC4FC1"/>
     <w:rsid w:val="00FC572D"/>
     <w:rsid w:val="00FD41C9"/>
     <w:rsid w:val="00FE21E9"/>
     <w:rsid w:val="00FE2FD4"/>
     <w:rsid w:val="00FE3FE9"/>
+    <w:rsid w:val="00FE6393"/>
+    <w:rsid w:val="00FE6A78"/>
     <w:rsid w:val="00FE70CB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -19062,51 +20330,51 @@
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="1426804099">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eleanor.newbold21@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.churchofengland.org/sites/default/files/2017-11/promotingasafechurch.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\OWNER\Documents\CHURCH%20Safeguarding\Safer%20Recruitment%20and%20People%20Management%20Guidance%20(2021)" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.churchofengland.org/sites/default/files/2019-11/Safer%20Environment%20and%20Activities%20Oct19_0.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cmaund1@sky.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.churchofengland.org/sites/default/files/2017-11/Protecting%20All%20God%27s%20Children%204th%20edition.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.churchofengland.org/safeguarding/safeguarding-e-manual/safeguarding-learning-and-development-framework" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.churchofengland.org/sites/default/files/2017-11/cofe-policy-statement.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cccbr.org.uk/wp-content/uploads/2016/03/statement-of-cofe-requirements-for-safeguarding.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.churchofengland.org/safeguarding/national-safeguarding-standards" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gillgould6@btinternet.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.churchofengland.org/sites/default/files/2017-11/Responding%20Well%20to%20those%20who%20have%20been%20sexually%20abused_0.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.publishing.service.gov.uk/government/uploads/system/uploads/attachment_data/file/474742/Code_of_Practice_for_Disclosure_and_Barring_Service_Nov_15.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.publishing.service.gov.uk/government/uploads/system/uploads/attachment_data/file/942454/Working_together_to_safeguard_children_inter_agency_guidance.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\OWNER\Documents\CHURCH%20Safeguarding\&#8226;%09Responding%20well%20to%20Domestic%20Abuse:%20Policy%20and%20Practice%20Guidance%202017" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\OWNER\Documents\CHURCH%20Safeguarding\Parish%20Safeguarding%20Handbook%20(2018)" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rogersavidge61@gmail.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://d3hgrlq6yacptf.cloudfront.net/5f2144e1c592d/content/pages/documents/15861749601626388540.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.publishing.service.gov.uk/government/uploads/system/uploads/attachment_data/file/474742/Code_of_Practice_for_Disclosure_and_Barring_Service_Nov_15.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:s.goode522@btinternet.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.churchofengland.org/sites/default/files/2017-11/responding-to-assessing-and-managing-concerns-or-allegations-against-church-officers.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\OWNER\Documents\CHURCH%20Safeguarding\Safeguarding%20in%20Religious%20Communities%20(2015)" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:s.goode522@btinternet.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.churchofengland.org/sites/default/files/2017-11/promotingasafechurch.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\OWNER\Documents\CHURCH%20Safeguarding\Safer%20Recruitment%20and%20People%20Management%20Guidance%20(2021)" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.churchofengland.org/sites/default/files/2019-11/Safer%20Environment%20and%20Activities%20Oct19_0.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eleanor.newbold21@gmail.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.churchofengland.org/sites/default/files/2017-11/Protecting%20All%20God%27s%20Children%204th%20edition.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.churchofengland.org/safeguarding/safeguarding-e-manual/safeguarding-learning-and-development-framework" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.churchofengland.org/sites/default/files/2017-11/cofe-policy-statement.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cccbr.org.uk/wp-content/uploads/2016/03/statement-of-cofe-requirements-for-safeguarding.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cmaund1@sky.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.churchofengland.org/sites/default/files/2017-11/Responding%20Well%20to%20those%20who%20have%20been%20sexually%20abused_0.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2021/17/section/1/enacted" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\OWNER\Documents\CHURCH%20Safeguarding\&#8226;%09Responding%20well%20to%20Domestic%20Abuse:%20Policy%20and%20Practice%20Guidance%202017" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.churchofengland.org/safeguarding/national-safeguarding-standards" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rogersavidge61@gmail.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://d3hgrlq6yacptf.cloudfront.net/5f2144e1c592d/content/pages/documents/15861749601626388540.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.publishing.service.gov.uk/government/uploads/system/uploads/attachment_data/file/474742/Code_of_Practice_for_Disclosure_and_Barring_Service_Nov_15.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.publishing.service.gov.uk/government/uploads/system/uploads/attachment_data/file/942454/Working_together_to_safeguard_children_inter_agency_guidance.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.churchofengland.org/sites/default/files/2017-11/responding-to-assessing-and-managing-concerns-or-allegations-against-church-officers.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\OWNER\Documents\CHURCH%20Safeguarding\Safeguarding%20in%20Religious%20Communities%20(2015)" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.publishing.service.gov.uk/government/uploads/system/uploads/attachment_data/file/474742/Code_of_Practice_for_Disclosure_and_Barring_Service_Nov_15.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -19354,102 +20622,102 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B9F8315-79D2-4E85-883B-383369844405}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D72DA0D1-A300-4D2A-89E9-6DD07B46966D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>19011</Characters>
+  <Pages>16</Pages>
+  <Words>3451</Words>
+  <Characters>19675</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>158</Lines>
-  <Paragraphs>44</Paragraphs>
+  <Lines>163</Lines>
+  <Paragraphs>46</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Diocese of Worcester</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22302</CharactersWithSpaces>
+  <CharactersWithSpaces>23080</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="36" baseType="variant">
       <vt:variant>
         <vt:i4>4784209</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://assets.publishing.service.gov.uk/government/uploads/system/uploads/attachment_data/file/474742/Code_of_Practice_for_Disclosure_and_Barring_Service_Nov_15.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4784209</vt:i4>
       </vt:variant>
       <vt:variant>